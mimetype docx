--- v0 (2025-11-14)
+++ v1 (2026-03-09)
@@ -999,56 +999,65 @@
         <w:t>Provide the details of any Co-PIs</w:t>
       </w:r>
       <w:r w:rsidR="002A74A1" w:rsidRPr="00843752">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Team members</w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the project, including </w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Title, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004F0EE6" w:rsidRPr="00843752">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">First (given) </w:t>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004F0EE6" w:rsidRPr="00843752">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (given) </w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">name, </w:t>
       </w:r>
       <w:r w:rsidR="004F0EE6" w:rsidRPr="00843752">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Last (family) </w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">name, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
@@ -1665,66 +1674,76 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00FA4BDE" w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>IMPORTANT NOTICE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B99222" w14:textId="77777777" w:rsidR="001E76C6" w:rsidRPr="00843752" w:rsidRDefault="001E76C6" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3249066E" w14:textId="29F15BF5" w:rsidR="00C05066" w:rsidRPr="00843752" w:rsidRDefault="00FA4BDE" w:rsidP="00C05066">
+    <w:p w14:paraId="3249066E" w14:textId="4D4154BD" w:rsidR="00C05066" w:rsidRPr="00843752" w:rsidRDefault="00FA4BDE" w:rsidP="00C05066">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">All of the sections and subsections below </w:t>
+        <w:t>All of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00843752">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the sections and subsections below </w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MUST BE COMPLETED</w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (unless stated otherwise). In case you wish to leave a section empty, please provide a reason. </w:t>
       </w:r>
       <w:r w:rsidR="00C05066" w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
@@ -1737,51 +1756,85 @@
         </w:rPr>
         <w:t>reviewers</w:t>
       </w:r>
       <w:r w:rsidR="00C05066" w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not be able to </w:t>
       </w:r>
       <w:r w:rsidR="004B1AEA" w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>evaluate</w:t>
       </w:r>
       <w:r w:rsidR="00C05066" w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> proposals that neither provide the requested information nor a justification for the lack of such information for each section.</w:t>
+        <w:t xml:space="preserve"> proposals that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C05066" w:rsidRPr="00843752">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>neither</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2484">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05066" w:rsidRPr="00843752">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C05066" w:rsidRPr="00843752">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the requested information nor a justification for the lack of such information for each section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089D9D75" w14:textId="2F8675B5" w:rsidR="00AA5D20" w:rsidRPr="00843752" w:rsidRDefault="00AA5D20" w:rsidP="00AA5D20">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants are strongly encouraged to </w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -1790,51 +1843,69 @@
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> from previous calls or access </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Such data and support to properly collect these can be obtained from the EuroHPC Benchmark Access call. In order to have the necessary data on time, please submit your Benchmark proposals </w:t>
+        <w:t xml:space="preserve">. Such data and support to properly collect these can be obtained from the EuroHPC Benchmark Access call. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00843752">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00843752">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have the necessary data on time, please submit your Benchmark proposals </w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>at least 1 month before the submission</w:t>
       </w:r>
       <w:r w:rsidR="005E1191" w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -1877,85 +1948,85 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">eview office at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00843752">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>access@eurohpc-ju.europa.eu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA281F8" w14:textId="65819343" w:rsidR="001E76C6" w:rsidRPr="00843752" w:rsidRDefault="00FA4BDE" w:rsidP="003B42B1">
+    <w:p w14:paraId="7BA281F8" w14:textId="7C10B3F2" w:rsidR="001E76C6" w:rsidRPr="00843752" w:rsidRDefault="00FA4BDE" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The structure and formatting settings of this template must be preserved and respected</w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (change in font size or margin and spacing settings are not allowed). The maximum number of pages allowed is </w:t>
       </w:r>
-      <w:r w:rsidR="00590BCD" w:rsidRPr="00843752">
+      <w:r w:rsidR="003F0BA9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pages</w:t>
       </w:r>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, including graphs</w:t>
       </w:r>
       <w:r w:rsidR="00590BCD" w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
@@ -2134,94 +2205,106 @@
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="001E76C6" w:rsidRPr="00843752" w:rsidSect="0072114B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2552" w:right="1077" w:bottom="1440" w:left="1077" w:header="709" w:footer="335" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A1BA7B" w14:textId="3A9985B2" w:rsidR="007A3905" w:rsidRPr="007A3905" w:rsidRDefault="006647F1" w:rsidP="007A3905">
+    <w:p w14:paraId="11A1BA7B" w14:textId="17A000A5" w:rsidR="007A3905" w:rsidRPr="007A3905" w:rsidRDefault="006647F1" w:rsidP="007A3905">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading1"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>EXCELLENCE</w:t>
       </w:r>
       <w:r w:rsidR="0015650A" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00C001FC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>~</w:t>
       </w:r>
       <w:r w:rsidR="0015650A" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
-[...5 lines deleted...]
-        <w:t>,5</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6564D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0015650A" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> page)</w:t>
+        <w:t xml:space="preserve"> page</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6564D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0015650A" w:rsidRPr="00843752">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E64C51" w14:textId="77777777" w:rsidR="007A3905" w:rsidRDefault="007A3905" w:rsidP="007A3905">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36C61332" w14:textId="5A29E295" w:rsidR="00C16A72" w:rsidRPr="00843752" w:rsidRDefault="00021302" w:rsidP="00DA3842">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -2382,51 +2465,65 @@
     <w:p w14:paraId="54F513E6" w14:textId="5D82202A" w:rsidR="0015650A" w:rsidRPr="00843752" w:rsidRDefault="00CD7BAB" w:rsidP="00674951">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Resources request justification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFD7D52" w14:textId="77143E26" w:rsidR="0015650A" w:rsidRPr="00843752" w:rsidRDefault="00C40B1C" w:rsidP="007B5A30">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a justification </w:t>
+        <w:t xml:space="preserve">Provide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00843752">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a justification</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00843752">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE243A" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">for the requested resources </w:t>
       </w:r>
       <w:r w:rsidR="00704961" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">and why the proposed work needs access time </w:t>
       </w:r>
       <w:r w:rsidR="00695C0B" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">on the EuroHPC JU systems </w:t>
       </w:r>
       <w:r w:rsidR="00704961" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and cannot be achieved on local clusters</w:t>
       </w:r>
@@ -2437,93 +2534,99 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9BED1D" w14:textId="55EA41FB" w:rsidR="00CD7BAB" w:rsidRPr="00843752" w:rsidRDefault="00B578C8" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D840214" w14:textId="77777777" w:rsidR="00CD7BAB" w:rsidRPr="00843752" w:rsidRDefault="00CD7BAB" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CD4DDD1" w14:textId="18A7C73C" w:rsidR="006647F1" w:rsidRPr="00843752" w:rsidRDefault="004830AC" w:rsidP="003B42B1">
+    <w:p w14:paraId="5CD4DDD1" w14:textId="3696E499" w:rsidR="006647F1" w:rsidRPr="00843752" w:rsidRDefault="004830AC" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading1"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>INNOVATION AND IMPACT</w:t>
       </w:r>
       <w:r w:rsidR="0015650A" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00C001FC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>~</w:t>
       </w:r>
       <w:r w:rsidR="00C001FC" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
-[...5 lines deleted...]
-        <w:t>.5</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64F6A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00C001FC" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
+      </w:r>
+      <w:r w:rsidR="00860D4E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0015650A" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE4E5A7" w14:textId="77777777" w:rsidR="007A3905" w:rsidRDefault="007A3905" w:rsidP="007A3905">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F7C63A4" w14:textId="0778AF2C" w:rsidR="00FD14C0" w:rsidRPr="00843752" w:rsidRDefault="00152E3B" w:rsidP="00FD14C0">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -2667,80 +2770,92 @@
         <w:t>Describe to which extent the proposed work is state-of-the-art or beyond. Place the project in the context of competing work. Explain the relative advantages and drawbacks of your approach.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548B188E" w14:textId="00077CDE" w:rsidR="00ED6DAC" w:rsidRPr="00843752" w:rsidRDefault="00674951" w:rsidP="00BE6FAE">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD57BF5" w14:textId="77777777" w:rsidR="00674951" w:rsidRPr="00843752" w:rsidRDefault="00674951" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="299223AB" w14:textId="0F21BE5F" w:rsidR="004922CD" w:rsidRPr="00843752" w:rsidRDefault="00A926D8" w:rsidP="004922CD">
+    <w:p w14:paraId="299223AB" w14:textId="55CC9B45" w:rsidR="004922CD" w:rsidRPr="00843752" w:rsidRDefault="00A926D8" w:rsidP="004922CD">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">QUALITY AND EFFICIENCY OF THE IMPLEMENTATION </w:t>
       </w:r>
       <w:r w:rsidR="006523E1" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C001FC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>~</w:t>
       </w:r>
       <w:r w:rsidR="006523E1" w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 pages)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00860D4E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006523E1" w:rsidRPr="00843752">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pages)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0EFE29" w14:textId="77777777" w:rsidR="004922CD" w:rsidRPr="00843752" w:rsidRDefault="004922CD" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10AFDE99" w14:textId="6E17E2E0" w:rsidR="0092496D" w:rsidRPr="00843752" w:rsidRDefault="004B0AB0" w:rsidP="004B0AB0">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843752">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Technical feasibility of the proposal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F86ACD" w14:textId="2F0BF222" w:rsidR="00A7226A" w:rsidRPr="00843752" w:rsidRDefault="00C90F52" w:rsidP="00AE406F">
@@ -3112,52 +3227,64 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="792287BE" w14:textId="18DE7341" w:rsidR="00F22CF0" w:rsidRPr="00A1561B" w:rsidRDefault="00F22CF0" w:rsidP="00DE7043">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A1561B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>No. of</w:t>
+              <w:t>No</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A1561B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00007870" w:rsidRPr="00A1561B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E60E0" w:rsidRPr="00A1561B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">nodes </w:t>
             </w:r>
             <w:r w:rsidR="00BC7DC2" w:rsidRPr="00A1561B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -4485,71 +4612,71 @@
         </w:rPr>
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCBED9E" w14:textId="52B12FC5" w:rsidR="00B469B1" w:rsidRPr="00843752" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B469B1" w:rsidRPr="00843752" w:rsidSect="00B063D3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2552" w:right="1077" w:bottom="1440" w:left="1077" w:header="709" w:footer="335" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D6E6643" w14:textId="77777777" w:rsidR="00294EAB" w:rsidRDefault="00294EAB" w:rsidP="000E7B6E">
+    <w:p w14:paraId="59118F8C" w14:textId="77777777" w:rsidR="00B7704B" w:rsidRDefault="00B7704B" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="529CB953" w14:textId="77777777" w:rsidR="00294EAB" w:rsidRDefault="00294EAB" w:rsidP="000E7B6E">
+    <w:p w14:paraId="158D49F0" w14:textId="77777777" w:rsidR="00B7704B" w:rsidRDefault="00B7704B" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4FFF83BC" w14:textId="77777777" w:rsidR="00294EAB" w:rsidRDefault="00294EAB">
+    <w:p w14:paraId="6A75754D" w14:textId="77777777" w:rsidR="00B7704B" w:rsidRDefault="00B7704B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
@@ -4668,51 +4795,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="65263F4A" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,6.8pt" to="507.75pt,6.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAN80+RvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsqyipvvQVXlB&#10;sOLyAa4zbiz5Jo9p0r9n7KTpChASiBfH9sw5c+Z4sn0crWFniKi9a/l6VXMGTvpOu1PLv309vHng&#10;DJNwnTDeQcsvgPxx9/rVdggNbHzvTQeREYnDZggt71MKTVWh7MEKXPkAjoLKRysSHeOp6qIYiN2a&#10;alPX99XgYxeil4BIt09TkO8Kv1Ig0yelEBIzLSdtqayxrMe8VrutaE5RhF7LWYb4BxVWaEdFF6on&#10;kQT7HvUvVFbL6NGrtJLeVl4pLaH0QN2s65+6+dKLAKUXMgfDYhP+P1r58bx3z5FsGAI2GJ5j7mJU&#10;0eYv6WNjMeuymAVjYpIu7+/uHt7W9LzyGqtuwBAxvQdvWd603GiX+xCNOH/ARMUo9ZqSr41jA03P&#10;5l1dlzT0RncHbUwOYjwd9yays6A3PBz2NSVNFC/SiNA44r11UXbpYmAq8BkU0x3pXk8V8oDBQiuk&#10;BJfWM69xlJ1hiiQswFnan4BzfoZCGb6/AS+IUtm7tICtdj7+TnYar5LVlH91YOo7W3D03aW8b7GG&#10;pqiYP098HtOX5wK//Ze7HwAAAP//AwBQSwMEFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXapWKMSpogBC3ErLBzjxkgTsdRQ7bfr3bMUBjjOz&#10;mnmbb2fvxBHH2AfSsFwoEEhNsD21Gj4OL3cPIGIyZI0LhBrOGGFbXF/lJrPhRO943KdWcAnFzGjo&#10;UhoyKWPToTdxEQYkzj7D6E1iObbSjubE5d7Je6U20pueeKEzA1YdNt/7yWsYdk99paq3+vngV9P5&#10;y72W5Y60vr2Zy0cQCef0dwwXfEaHgpnqMJGNwmngRxK7qw2IS6qW6zWI+teRRS7/8xc/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA3zT5G/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAAAAAAAAAAAAAAAAGQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAgBQAAAAA=&#10;" strokecolor="#ffc000" strokeweight="1pt">
+            <v:line w14:anchorId="7B44D65F" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,6.8pt" to="507.75pt,6.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAN80+RvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsqyipvvQVXlB&#10;sOLyAa4zbiz5Jo9p0r9n7KTpChASiBfH9sw5c+Z4sn0crWFniKi9a/l6VXMGTvpOu1PLv309vHng&#10;DJNwnTDeQcsvgPxx9/rVdggNbHzvTQeREYnDZggt71MKTVWh7MEKXPkAjoLKRysSHeOp6qIYiN2a&#10;alPX99XgYxeil4BIt09TkO8Kv1Ig0yelEBIzLSdtqayxrMe8VrutaE5RhF7LWYb4BxVWaEdFF6on&#10;kQT7HvUvVFbL6NGrtJLeVl4pLaH0QN2s65+6+dKLAKUXMgfDYhP+P1r58bx3z5FsGAI2GJ5j7mJU&#10;0eYv6WNjMeuymAVjYpIu7+/uHt7W9LzyGqtuwBAxvQdvWd603GiX+xCNOH/ARMUo9ZqSr41jA03P&#10;5l1dlzT0RncHbUwOYjwd9yays6A3PBz2NSVNFC/SiNA44r11UXbpYmAq8BkU0x3pXk8V8oDBQiuk&#10;BJfWM69xlJ1hiiQswFnan4BzfoZCGb6/AS+IUtm7tICtdj7+TnYar5LVlH91YOo7W3D03aW8b7GG&#10;pqiYP098HtOX5wK//Ze7HwAAAP//AwBQSwMEFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXapWKMSpogBC3ErLBzjxkgTsdRQ7bfr3bMUBjjOz&#10;mnmbb2fvxBHH2AfSsFwoEEhNsD21Gj4OL3cPIGIyZI0LhBrOGGFbXF/lJrPhRO943KdWcAnFzGjo&#10;UhoyKWPToTdxEQYkzj7D6E1iObbSjubE5d7Je6U20pueeKEzA1YdNt/7yWsYdk99paq3+vngV9P5&#10;y72W5Y60vr2Zy0cQCef0dwwXfEaHgpnqMJGNwmngRxK7qw2IS6qW6zWI+teRRS7/8xc/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA3zT5G/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAAAAAAAAAAAAAAAAGQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAgBQAAAAA=&#10;" strokecolor="#ffc000" strokeweight="1pt">
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpXSpec="center" w:tblpY="113"/>
       <w:tblW w:w="10042" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2013"/>
       <w:gridCol w:w="6346"/>
@@ -4868,137 +4995,165 @@
           </w:r>
           <w:r w:rsidR="00E65C00" w:rsidRPr="00E65C00">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">orm for </w:t>
           </w:r>
           <w:r w:rsidR="003F2E05" w:rsidRPr="0046235B">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">AI </w:t>
           </w:r>
           <w:r w:rsidR="003F2E05">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>Factories Access call for Science and Collaborative EU projects</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1683" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="671E78C3" w14:textId="4404E46B" w:rsidR="00FB2D28" w:rsidRDefault="003F2E05" w:rsidP="00FA4BDE">
+        <w:p w14:paraId="671E78C3" w14:textId="0DB93DBA" w:rsidR="00FB2D28" w:rsidRDefault="003F2E05" w:rsidP="00FA4BDE">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>20/05/</w:t>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidR="008C215C">
+            <w:rPr>
+              <w:noProof/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>8</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>/0</w:t>
+          </w:r>
+          <w:r w:rsidR="008C69DB">
+            <w:rPr>
+              <w:noProof/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>/</w:t>
           </w:r>
           <w:r w:rsidR="004717D9">
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>20</w:t>
           </w:r>
           <w:r w:rsidR="004B12E1">
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="00D972A0">
+          <w:r w:rsidR="008C69DB">
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="567BD843" w14:textId="676E6A24" w:rsidR="00B768DC" w:rsidRDefault="00B768DC" w:rsidP="00FA4BDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="11EACBEF" w14:textId="77777777" w:rsidR="00FA4BDE" w:rsidRPr="003C55EC" w:rsidRDefault="00FA4BDE" w:rsidP="00FA4BDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F2B4C7A" w14:textId="77777777" w:rsidR="00294EAB" w:rsidRDefault="00294EAB" w:rsidP="000E7B6E">
+    <w:p w14:paraId="4CF790B4" w14:textId="77777777" w:rsidR="00B7704B" w:rsidRDefault="00B7704B" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="461938A1" w14:textId="77777777" w:rsidR="00294EAB" w:rsidRDefault="00294EAB" w:rsidP="000E7B6E">
+    <w:p w14:paraId="04BAA9AE" w14:textId="77777777" w:rsidR="00B7704B" w:rsidRDefault="00B7704B" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6680FE66" w14:textId="77777777" w:rsidR="00294EAB" w:rsidRDefault="00294EAB">
+    <w:p w14:paraId="5598D4BF" w14:textId="77777777" w:rsidR="00B7704B" w:rsidRDefault="00B7704B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="120955C8" w14:textId="238D4488" w:rsidR="0097433E" w:rsidRDefault="00F96ECD" w:rsidP="00E5696D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="4513" w:hanging="4513"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="page1"/>
     <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7D8AD0BF" wp14:editId="16AD57F9">
@@ -6714,90 +6869,95 @@
   <w:num w:numId="15" w16cid:durableId="1092319964">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="289091981">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1507281801">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="573199754">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="652609714">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D422BE"/>
     <w:rsid w:val="000033F6"/>
     <w:rsid w:val="00003D59"/>
     <w:rsid w:val="00006E16"/>
     <w:rsid w:val="000071C2"/>
     <w:rsid w:val="0000752A"/>
     <w:rsid w:val="00007870"/>
     <w:rsid w:val="0001100D"/>
     <w:rsid w:val="0001399D"/>
     <w:rsid w:val="00021302"/>
+    <w:rsid w:val="00025F75"/>
     <w:rsid w:val="00030D4E"/>
     <w:rsid w:val="00043E1C"/>
     <w:rsid w:val="00045402"/>
     <w:rsid w:val="00046FE3"/>
+    <w:rsid w:val="00056376"/>
     <w:rsid w:val="000603DE"/>
     <w:rsid w:val="0006402D"/>
     <w:rsid w:val="000648F1"/>
     <w:rsid w:val="000801FC"/>
     <w:rsid w:val="0008732A"/>
     <w:rsid w:val="00087EAE"/>
     <w:rsid w:val="00092F81"/>
     <w:rsid w:val="0009413B"/>
     <w:rsid w:val="000949D1"/>
     <w:rsid w:val="00095917"/>
     <w:rsid w:val="000B7ED2"/>
     <w:rsid w:val="000C05CA"/>
     <w:rsid w:val="000C3545"/>
     <w:rsid w:val="000D0CB6"/>
     <w:rsid w:val="000D1E84"/>
     <w:rsid w:val="000D2B92"/>
     <w:rsid w:val="000D58F7"/>
     <w:rsid w:val="000D6031"/>
     <w:rsid w:val="000D6252"/>
     <w:rsid w:val="000E31B2"/>
     <w:rsid w:val="000E3CED"/>
     <w:rsid w:val="000E7B6E"/>
     <w:rsid w:val="000F7D7C"/>
     <w:rsid w:val="001142E8"/>
     <w:rsid w:val="00116614"/>
@@ -6809,62 +6969,64 @@
     <w:rsid w:val="00130058"/>
     <w:rsid w:val="00133CFE"/>
     <w:rsid w:val="00145D1E"/>
     <w:rsid w:val="00146C13"/>
     <w:rsid w:val="00147AE3"/>
     <w:rsid w:val="001503D4"/>
     <w:rsid w:val="00152E3B"/>
     <w:rsid w:val="0015650A"/>
     <w:rsid w:val="00160B82"/>
     <w:rsid w:val="00162627"/>
     <w:rsid w:val="00165001"/>
     <w:rsid w:val="001661EB"/>
     <w:rsid w:val="00167782"/>
     <w:rsid w:val="001722E0"/>
     <w:rsid w:val="00174EAA"/>
     <w:rsid w:val="0018356C"/>
     <w:rsid w:val="00184289"/>
     <w:rsid w:val="0018549C"/>
     <w:rsid w:val="00185A0A"/>
     <w:rsid w:val="00186FC8"/>
     <w:rsid w:val="00197C34"/>
     <w:rsid w:val="001A0268"/>
     <w:rsid w:val="001A0428"/>
     <w:rsid w:val="001A3762"/>
     <w:rsid w:val="001A6C59"/>
+    <w:rsid w:val="001B2035"/>
     <w:rsid w:val="001B4B60"/>
     <w:rsid w:val="001B6FD9"/>
     <w:rsid w:val="001C03A8"/>
     <w:rsid w:val="001C1F20"/>
     <w:rsid w:val="001D04CA"/>
     <w:rsid w:val="001D0F80"/>
     <w:rsid w:val="001D2EC8"/>
     <w:rsid w:val="001E0A2F"/>
     <w:rsid w:val="001E0C65"/>
     <w:rsid w:val="001E3AD6"/>
     <w:rsid w:val="001E4514"/>
     <w:rsid w:val="001E55CF"/>
+    <w:rsid w:val="001E5FC7"/>
     <w:rsid w:val="001E60E0"/>
     <w:rsid w:val="001E76C6"/>
     <w:rsid w:val="001F3E15"/>
     <w:rsid w:val="001F41FC"/>
     <w:rsid w:val="00200070"/>
     <w:rsid w:val="0020122F"/>
     <w:rsid w:val="00206161"/>
     <w:rsid w:val="00207C8D"/>
     <w:rsid w:val="00210F36"/>
     <w:rsid w:val="00211F9E"/>
     <w:rsid w:val="00213F36"/>
     <w:rsid w:val="00215702"/>
     <w:rsid w:val="002239EA"/>
     <w:rsid w:val="00223EBD"/>
     <w:rsid w:val="002277D8"/>
     <w:rsid w:val="002308EE"/>
     <w:rsid w:val="00230B49"/>
     <w:rsid w:val="002407DD"/>
     <w:rsid w:val="00243034"/>
     <w:rsid w:val="00244BF8"/>
     <w:rsid w:val="002452D5"/>
     <w:rsid w:val="0024691F"/>
     <w:rsid w:val="00246EB6"/>
     <w:rsid w:val="0024784A"/>
     <w:rsid w:val="00251AC4"/>
@@ -6920,68 +7082,71 @@
     <w:rsid w:val="00350482"/>
     <w:rsid w:val="0035051B"/>
     <w:rsid w:val="00350B6F"/>
     <w:rsid w:val="00356E62"/>
     <w:rsid w:val="00356E67"/>
     <w:rsid w:val="00357744"/>
     <w:rsid w:val="0036036E"/>
     <w:rsid w:val="00364AA3"/>
     <w:rsid w:val="00374887"/>
     <w:rsid w:val="003748B4"/>
     <w:rsid w:val="003815F4"/>
     <w:rsid w:val="003819F1"/>
     <w:rsid w:val="003856C5"/>
     <w:rsid w:val="003926A7"/>
     <w:rsid w:val="003928A4"/>
     <w:rsid w:val="00393272"/>
     <w:rsid w:val="003932C8"/>
     <w:rsid w:val="0039478B"/>
     <w:rsid w:val="00394868"/>
     <w:rsid w:val="00394C05"/>
     <w:rsid w:val="003978C8"/>
     <w:rsid w:val="003A45D3"/>
     <w:rsid w:val="003A67CC"/>
     <w:rsid w:val="003B030D"/>
     <w:rsid w:val="003B0EA4"/>
+    <w:rsid w:val="003B2484"/>
     <w:rsid w:val="003B2507"/>
     <w:rsid w:val="003B42B1"/>
+    <w:rsid w:val="003B4552"/>
     <w:rsid w:val="003C095D"/>
     <w:rsid w:val="003C0AFE"/>
     <w:rsid w:val="003C2693"/>
     <w:rsid w:val="003C2812"/>
     <w:rsid w:val="003C2F32"/>
     <w:rsid w:val="003C4051"/>
     <w:rsid w:val="003C55EC"/>
     <w:rsid w:val="003C6112"/>
     <w:rsid w:val="003C7C73"/>
     <w:rsid w:val="003D0ECE"/>
     <w:rsid w:val="003D5C28"/>
     <w:rsid w:val="003D7EC4"/>
     <w:rsid w:val="003E4328"/>
     <w:rsid w:val="003E4611"/>
     <w:rsid w:val="003E4C0C"/>
     <w:rsid w:val="003E5AD6"/>
+    <w:rsid w:val="003F0BA9"/>
     <w:rsid w:val="003F139A"/>
     <w:rsid w:val="003F2145"/>
     <w:rsid w:val="003F2536"/>
     <w:rsid w:val="003F2E05"/>
     <w:rsid w:val="003F47D7"/>
     <w:rsid w:val="003F673E"/>
     <w:rsid w:val="004048A0"/>
     <w:rsid w:val="004064AF"/>
     <w:rsid w:val="0041516E"/>
     <w:rsid w:val="00417D05"/>
     <w:rsid w:val="004200FB"/>
     <w:rsid w:val="004238E8"/>
     <w:rsid w:val="0042609D"/>
     <w:rsid w:val="00427960"/>
     <w:rsid w:val="00436C40"/>
     <w:rsid w:val="00437293"/>
     <w:rsid w:val="004451DE"/>
     <w:rsid w:val="004468A2"/>
     <w:rsid w:val="00452B46"/>
     <w:rsid w:val="004542AC"/>
     <w:rsid w:val="004564BE"/>
     <w:rsid w:val="00456628"/>
     <w:rsid w:val="00461B80"/>
     <w:rsid w:val="00463217"/>
     <w:rsid w:val="00464C8B"/>
@@ -7159,122 +7324,127 @@
     <w:rsid w:val="007853CC"/>
     <w:rsid w:val="00787F50"/>
     <w:rsid w:val="0079018A"/>
     <w:rsid w:val="007961EA"/>
     <w:rsid w:val="00796F01"/>
     <w:rsid w:val="007A370C"/>
     <w:rsid w:val="007A3905"/>
     <w:rsid w:val="007A470F"/>
     <w:rsid w:val="007A5984"/>
     <w:rsid w:val="007B2791"/>
     <w:rsid w:val="007B4E3C"/>
     <w:rsid w:val="007B5A30"/>
     <w:rsid w:val="007B5FD2"/>
     <w:rsid w:val="007B6270"/>
     <w:rsid w:val="007B6DA8"/>
     <w:rsid w:val="007B70AA"/>
     <w:rsid w:val="007D03FC"/>
     <w:rsid w:val="007D3D41"/>
     <w:rsid w:val="007D7D35"/>
     <w:rsid w:val="007E0BA0"/>
     <w:rsid w:val="007E0D91"/>
     <w:rsid w:val="007F3A92"/>
     <w:rsid w:val="007F4ECF"/>
     <w:rsid w:val="007F6CEB"/>
     <w:rsid w:val="00800883"/>
+    <w:rsid w:val="00810951"/>
     <w:rsid w:val="00811089"/>
     <w:rsid w:val="00811174"/>
     <w:rsid w:val="00815DC8"/>
     <w:rsid w:val="008274D5"/>
     <w:rsid w:val="00835347"/>
     <w:rsid w:val="008361F3"/>
     <w:rsid w:val="00836B5B"/>
     <w:rsid w:val="0083760D"/>
     <w:rsid w:val="00840874"/>
     <w:rsid w:val="00843752"/>
     <w:rsid w:val="00843D0B"/>
     <w:rsid w:val="008441A5"/>
     <w:rsid w:val="008460D0"/>
     <w:rsid w:val="0085659B"/>
     <w:rsid w:val="00856A20"/>
     <w:rsid w:val="00857D68"/>
+    <w:rsid w:val="00860D4E"/>
     <w:rsid w:val="008623F0"/>
     <w:rsid w:val="0086244B"/>
     <w:rsid w:val="00864712"/>
     <w:rsid w:val="008648EE"/>
     <w:rsid w:val="00865E80"/>
     <w:rsid w:val="00867246"/>
     <w:rsid w:val="00870456"/>
     <w:rsid w:val="00871601"/>
     <w:rsid w:val="00874043"/>
     <w:rsid w:val="0087564E"/>
     <w:rsid w:val="00876AB9"/>
     <w:rsid w:val="008837BA"/>
     <w:rsid w:val="008843D1"/>
     <w:rsid w:val="00885899"/>
     <w:rsid w:val="008877E8"/>
     <w:rsid w:val="008920C0"/>
     <w:rsid w:val="008953BB"/>
     <w:rsid w:val="00896D03"/>
     <w:rsid w:val="008A03AD"/>
     <w:rsid w:val="008A5BC3"/>
     <w:rsid w:val="008A5C00"/>
     <w:rsid w:val="008A78C6"/>
     <w:rsid w:val="008B1664"/>
     <w:rsid w:val="008B5A30"/>
     <w:rsid w:val="008B7379"/>
     <w:rsid w:val="008C0C82"/>
     <w:rsid w:val="008C1654"/>
+    <w:rsid w:val="008C215C"/>
     <w:rsid w:val="008C3A84"/>
     <w:rsid w:val="008C4177"/>
     <w:rsid w:val="008C48F0"/>
+    <w:rsid w:val="008C69DB"/>
     <w:rsid w:val="008D23D5"/>
     <w:rsid w:val="008D3E02"/>
     <w:rsid w:val="008D59A5"/>
     <w:rsid w:val="008D5A8F"/>
     <w:rsid w:val="008E0130"/>
     <w:rsid w:val="008E03E6"/>
     <w:rsid w:val="008E2424"/>
     <w:rsid w:val="008E3197"/>
     <w:rsid w:val="008F32B2"/>
     <w:rsid w:val="00902679"/>
     <w:rsid w:val="00905029"/>
     <w:rsid w:val="00907182"/>
     <w:rsid w:val="0091486D"/>
     <w:rsid w:val="00922271"/>
     <w:rsid w:val="0092496D"/>
     <w:rsid w:val="00925A58"/>
     <w:rsid w:val="00927A33"/>
     <w:rsid w:val="00930996"/>
     <w:rsid w:val="00930CAD"/>
     <w:rsid w:val="009402F4"/>
     <w:rsid w:val="00942304"/>
     <w:rsid w:val="00947CCB"/>
     <w:rsid w:val="0096264B"/>
     <w:rsid w:val="009628F1"/>
     <w:rsid w:val="00964734"/>
     <w:rsid w:val="009653DF"/>
+    <w:rsid w:val="0096580D"/>
     <w:rsid w:val="009677EA"/>
     <w:rsid w:val="009722B3"/>
     <w:rsid w:val="00972377"/>
     <w:rsid w:val="0097433E"/>
     <w:rsid w:val="0097440E"/>
     <w:rsid w:val="00983E95"/>
     <w:rsid w:val="00987349"/>
     <w:rsid w:val="009901E7"/>
     <w:rsid w:val="00990539"/>
     <w:rsid w:val="00991259"/>
     <w:rsid w:val="0099204E"/>
     <w:rsid w:val="00993021"/>
     <w:rsid w:val="00993F88"/>
     <w:rsid w:val="009A0173"/>
     <w:rsid w:val="009A0569"/>
     <w:rsid w:val="009B2775"/>
     <w:rsid w:val="009B306E"/>
     <w:rsid w:val="009C1B6D"/>
     <w:rsid w:val="009D00EC"/>
     <w:rsid w:val="009D08A3"/>
     <w:rsid w:val="009D0D1F"/>
     <w:rsid w:val="009D5A59"/>
     <w:rsid w:val="009D612C"/>
     <w:rsid w:val="009D66E1"/>
     <w:rsid w:val="009E4572"/>
@@ -7341,151 +7511,156 @@
     <w:rsid w:val="00AF2F90"/>
     <w:rsid w:val="00AF6D2B"/>
     <w:rsid w:val="00AF7A37"/>
     <w:rsid w:val="00AF7F03"/>
     <w:rsid w:val="00B006CE"/>
     <w:rsid w:val="00B00E15"/>
     <w:rsid w:val="00B04D46"/>
     <w:rsid w:val="00B063D3"/>
     <w:rsid w:val="00B127CE"/>
     <w:rsid w:val="00B12952"/>
     <w:rsid w:val="00B136CE"/>
     <w:rsid w:val="00B1537E"/>
     <w:rsid w:val="00B238D9"/>
     <w:rsid w:val="00B267AB"/>
     <w:rsid w:val="00B30A34"/>
     <w:rsid w:val="00B329ED"/>
     <w:rsid w:val="00B45EBF"/>
     <w:rsid w:val="00B46940"/>
     <w:rsid w:val="00B469B1"/>
     <w:rsid w:val="00B46CF7"/>
     <w:rsid w:val="00B4755F"/>
     <w:rsid w:val="00B5266F"/>
     <w:rsid w:val="00B52CC5"/>
     <w:rsid w:val="00B578C8"/>
     <w:rsid w:val="00B6284F"/>
+    <w:rsid w:val="00B64F6A"/>
     <w:rsid w:val="00B66787"/>
     <w:rsid w:val="00B6739B"/>
     <w:rsid w:val="00B674DD"/>
     <w:rsid w:val="00B734FA"/>
     <w:rsid w:val="00B75A73"/>
     <w:rsid w:val="00B768DC"/>
+    <w:rsid w:val="00B7704B"/>
     <w:rsid w:val="00B77B7F"/>
     <w:rsid w:val="00B8058B"/>
     <w:rsid w:val="00B81BE9"/>
     <w:rsid w:val="00B82643"/>
     <w:rsid w:val="00B93120"/>
     <w:rsid w:val="00B93A65"/>
     <w:rsid w:val="00BA3130"/>
     <w:rsid w:val="00BA66A0"/>
     <w:rsid w:val="00BA69A6"/>
     <w:rsid w:val="00BA6FC4"/>
     <w:rsid w:val="00BB44BC"/>
     <w:rsid w:val="00BB4AB5"/>
     <w:rsid w:val="00BB7471"/>
     <w:rsid w:val="00BB764D"/>
     <w:rsid w:val="00BB76A0"/>
     <w:rsid w:val="00BC7DC2"/>
     <w:rsid w:val="00BD4B7A"/>
     <w:rsid w:val="00BD5696"/>
     <w:rsid w:val="00BD5A6D"/>
     <w:rsid w:val="00BE1B09"/>
     <w:rsid w:val="00BE6FAE"/>
     <w:rsid w:val="00BE7B59"/>
     <w:rsid w:val="00BF0179"/>
     <w:rsid w:val="00BF24DE"/>
     <w:rsid w:val="00BF3581"/>
     <w:rsid w:val="00C001FC"/>
     <w:rsid w:val="00C05066"/>
     <w:rsid w:val="00C07B92"/>
     <w:rsid w:val="00C12948"/>
     <w:rsid w:val="00C12F79"/>
     <w:rsid w:val="00C1354B"/>
     <w:rsid w:val="00C14FF3"/>
     <w:rsid w:val="00C16A72"/>
     <w:rsid w:val="00C22A5E"/>
     <w:rsid w:val="00C23C99"/>
     <w:rsid w:val="00C240E2"/>
     <w:rsid w:val="00C25EED"/>
     <w:rsid w:val="00C323F3"/>
     <w:rsid w:val="00C37E95"/>
     <w:rsid w:val="00C40196"/>
     <w:rsid w:val="00C40B1C"/>
     <w:rsid w:val="00C45A45"/>
     <w:rsid w:val="00C45EDD"/>
     <w:rsid w:val="00C4607D"/>
     <w:rsid w:val="00C51BEE"/>
+    <w:rsid w:val="00C520A4"/>
     <w:rsid w:val="00C55FE3"/>
     <w:rsid w:val="00C60651"/>
     <w:rsid w:val="00C61899"/>
     <w:rsid w:val="00C64BF0"/>
+    <w:rsid w:val="00C6564D"/>
     <w:rsid w:val="00C6615C"/>
     <w:rsid w:val="00C71B4B"/>
     <w:rsid w:val="00C76680"/>
     <w:rsid w:val="00C80C89"/>
     <w:rsid w:val="00C81484"/>
     <w:rsid w:val="00C842BC"/>
     <w:rsid w:val="00C87F9B"/>
     <w:rsid w:val="00C90F52"/>
     <w:rsid w:val="00C91F11"/>
     <w:rsid w:val="00C94CE2"/>
     <w:rsid w:val="00C96C0A"/>
     <w:rsid w:val="00CA1162"/>
     <w:rsid w:val="00CA20C6"/>
     <w:rsid w:val="00CB1EC2"/>
     <w:rsid w:val="00CC029C"/>
     <w:rsid w:val="00CC15EF"/>
     <w:rsid w:val="00CC1D56"/>
     <w:rsid w:val="00CC1E59"/>
     <w:rsid w:val="00CC5F84"/>
     <w:rsid w:val="00CD6AF2"/>
     <w:rsid w:val="00CD7BAB"/>
     <w:rsid w:val="00CE0E36"/>
     <w:rsid w:val="00CE3206"/>
     <w:rsid w:val="00CE480D"/>
     <w:rsid w:val="00CF3C15"/>
     <w:rsid w:val="00CF5344"/>
     <w:rsid w:val="00CF71C8"/>
     <w:rsid w:val="00D0374E"/>
     <w:rsid w:val="00D03C7E"/>
     <w:rsid w:val="00D05950"/>
     <w:rsid w:val="00D07F06"/>
     <w:rsid w:val="00D143C8"/>
     <w:rsid w:val="00D21582"/>
     <w:rsid w:val="00D25FBC"/>
     <w:rsid w:val="00D32E66"/>
     <w:rsid w:val="00D33F36"/>
     <w:rsid w:val="00D422BE"/>
     <w:rsid w:val="00D426A7"/>
     <w:rsid w:val="00D44819"/>
     <w:rsid w:val="00D4535E"/>
     <w:rsid w:val="00D46977"/>
     <w:rsid w:val="00D477F3"/>
     <w:rsid w:val="00D5006F"/>
     <w:rsid w:val="00D51457"/>
     <w:rsid w:val="00D51E05"/>
     <w:rsid w:val="00D53F6F"/>
+    <w:rsid w:val="00D549CD"/>
     <w:rsid w:val="00D7523B"/>
     <w:rsid w:val="00D777AE"/>
     <w:rsid w:val="00D8172C"/>
     <w:rsid w:val="00D8175D"/>
     <w:rsid w:val="00D82580"/>
     <w:rsid w:val="00D82AF0"/>
     <w:rsid w:val="00D95255"/>
     <w:rsid w:val="00D96365"/>
     <w:rsid w:val="00D96F9A"/>
     <w:rsid w:val="00D972A0"/>
     <w:rsid w:val="00DA0C9A"/>
     <w:rsid w:val="00DA2AFC"/>
     <w:rsid w:val="00DA3842"/>
     <w:rsid w:val="00DA38A6"/>
     <w:rsid w:val="00DA57DD"/>
     <w:rsid w:val="00DA7309"/>
     <w:rsid w:val="00DB23D8"/>
     <w:rsid w:val="00DB484B"/>
     <w:rsid w:val="00DB4DDC"/>
     <w:rsid w:val="00DB6C63"/>
     <w:rsid w:val="00DC16A4"/>
     <w:rsid w:val="00DC2C38"/>
     <w:rsid w:val="00DC669B"/>
     <w:rsid w:val="00DD5E2B"/>
     <w:rsid w:val="00DE412D"/>
@@ -7515,50 +7690,51 @@
     <w:rsid w:val="00E50C82"/>
     <w:rsid w:val="00E517A0"/>
     <w:rsid w:val="00E5306E"/>
     <w:rsid w:val="00E5519C"/>
     <w:rsid w:val="00E5696D"/>
     <w:rsid w:val="00E61092"/>
     <w:rsid w:val="00E65C00"/>
     <w:rsid w:val="00E758EF"/>
     <w:rsid w:val="00E75B42"/>
     <w:rsid w:val="00E75C5C"/>
     <w:rsid w:val="00E80920"/>
     <w:rsid w:val="00E82647"/>
     <w:rsid w:val="00E87219"/>
     <w:rsid w:val="00E90541"/>
     <w:rsid w:val="00E94795"/>
     <w:rsid w:val="00EA0DBF"/>
     <w:rsid w:val="00EA2653"/>
     <w:rsid w:val="00EA4CE1"/>
     <w:rsid w:val="00EA5728"/>
     <w:rsid w:val="00EA584C"/>
     <w:rsid w:val="00EA7FA1"/>
     <w:rsid w:val="00EB1CD5"/>
     <w:rsid w:val="00EB403B"/>
     <w:rsid w:val="00EB5BC5"/>
     <w:rsid w:val="00EC7386"/>
+    <w:rsid w:val="00EC73A7"/>
     <w:rsid w:val="00EC7817"/>
     <w:rsid w:val="00ED2DB3"/>
     <w:rsid w:val="00ED6DAC"/>
     <w:rsid w:val="00EE0AC7"/>
     <w:rsid w:val="00EE243A"/>
     <w:rsid w:val="00EE49C9"/>
     <w:rsid w:val="00EE58F0"/>
     <w:rsid w:val="00EE7B0B"/>
     <w:rsid w:val="00EF2D24"/>
     <w:rsid w:val="00EF33D2"/>
     <w:rsid w:val="00EF3723"/>
     <w:rsid w:val="00F01674"/>
     <w:rsid w:val="00F022ED"/>
     <w:rsid w:val="00F0251C"/>
     <w:rsid w:val="00F03B2D"/>
     <w:rsid w:val="00F0798B"/>
     <w:rsid w:val="00F10FE3"/>
     <w:rsid w:val="00F11AE6"/>
     <w:rsid w:val="00F1402D"/>
     <w:rsid w:val="00F15D36"/>
     <w:rsid w:val="00F17E6A"/>
     <w:rsid w:val="00F21700"/>
     <w:rsid w:val="00F22CF0"/>
     <w:rsid w:val="00F23B6F"/>
     <w:rsid w:val="00F26FD5"/>
@@ -9610,194 +9786,226 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100858E81E8D3D4C74BB860FD9F47101769" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c721ce0697b2eb0af000215b79fbfaa1">
-[...2 lines deleted...]
-    <xsd:import namespace="3fc9b62a-bc61-4aac-89fe-00e1e567028b"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011BD45769B505C47B741277D5A7E1AA2" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f59d5f134b35518477f51a8c1dd115bc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="17615853-7f91-438f-9534-afd54aeb325b" xmlns:ns3="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c6544e04ea5dd6bb0690710ccd167231" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="17615853-7f91-438f-9534-afd54aeb325b"/>
+    <xsd:import namespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f314ccf6-9aa5-48cd-9363-a26f75899780" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="27" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="17615853-7f91-438f-9534-afd54aeb325b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c0b6b536-68da-4869-80cf-67b04ace3ce3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3fc9b62a-bc61-4aac-89fe-00e1e567028b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{27814c8c-c143-47b8-9686-42fda8d1ddfe}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3fc9b62a-bc61-4aac-89fe-00e1e567028b">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1b4d8597-6f18-48fb-88c2-3eefa884dd06}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -9864,180 +10072,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f314ccf6-9aa5-48cd-9363-a26f75899780">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="17615853-7f91-438f-9534-afd54aeb325b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="3fc9b62a-bc61-4aac-89fe-00e1e567028b" xsi:nil="true"/>
+    <TaxCatchAll xmlns="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5820643C-3B24-4DE8-AF8E-40AB31081D67}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72EF8065-8299-4230-9765-815379697A9A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79244C90-8326-4FFF-8856-E1A8EC818563}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6C91CC-8DA5-40F1-8321-E4332997BBBB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5A97CE5-9A81-4954-B7C1-EE0C68EBA5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f314ccf6-9aa5-48cd-9363-a26f75899780"/>
     <ds:schemaRef ds:uri="3fc9b62a-bc61-4aac-89fe-00e1e567028b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>971</Words>
-  <Characters>5336</Characters>
+  <Words>941</Words>
+  <Characters>5365</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>205</Lines>
-  <Paragraphs>90</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6217</CharactersWithSpaces>
+  <CharactersWithSpaces>6294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6094969</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:access@eurohpc-ju.europa.eu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>k.mestrovic@staff.prace-ri.eu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100858E81E8D3D4C74BB860FD9F47101769</vt:lpwstr>
+    <vt:lpwstr>0x01010011BD45769B505C47B741277D5A7E1AA2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>179b51a8b6d3aa12884370f57e217ed6b9bc982410325761372f73943fdb9987</vt:lpwstr>
   </property>
 </Properties>
 </file>