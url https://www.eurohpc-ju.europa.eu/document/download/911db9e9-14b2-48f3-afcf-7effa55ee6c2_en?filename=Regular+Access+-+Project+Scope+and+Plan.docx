--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1,54 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1109705A" w14:textId="13EAC7C7" w:rsidR="00E12ED6" w:rsidRPr="00CA27A6" w:rsidRDefault="00FE6D94" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="41"/>
           <w:szCs w:val="41"/>
         </w:rPr>
         <w:t>Project Scope and Plan – Regular Access</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F99910" w14:textId="4328F60A" w:rsidR="00606676" w:rsidRPr="00CA27A6" w:rsidRDefault="00606676" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
@@ -826,104 +828,122 @@
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CE730D" w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and Team members</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> in the project, including </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Title, First </w:t>
+        <w:t xml:space="preserve">Title, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00305348" w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(given) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">name, </w:t>
       </w:r>
       <w:r w:rsidR="00305348" w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Last (family) name, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Organisation, Department, Group and Country</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6BC435" w14:textId="77777777" w:rsidR="00606676" w:rsidRPr="00CA27A6" w:rsidRDefault="00606676" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3352EC96" w14:textId="77777777" w:rsidR="00606676" w:rsidRPr="00CA27A6" w:rsidRDefault="00606676" w:rsidP="003B42B1">
+    <w:p w14:paraId="3352EC96" w14:textId="77777777" w:rsidR="00606676" w:rsidRPr="00DF58C8" w:rsidRDefault="00606676" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Emphasiscolour"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CA27A6">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF58C8">
         <w:rPr>
           <w:rStyle w:val="Emphasiscolour"/>
           <w:b/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>It is mandatory to include all team members on the online form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ED2B3C9" w14:textId="73D840D2" w:rsidR="00606676" w:rsidRPr="00CA27A6" w:rsidRDefault="00606676" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55170586" w14:textId="4BA81A60" w:rsidR="00606676" w:rsidRPr="00CA27A6" w:rsidRDefault="00606676" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
@@ -1453,676 +1473,808 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00FA4BDE" w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>IMPORTANT NOTICE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B99222" w14:textId="77777777" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52455D74" w14:textId="0539D5D8" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="00FA4BDE" w:rsidP="003B42B1">
+    <w:p w14:paraId="3B7B1D73" w14:textId="4AB8F819" w:rsidR="7546B23F" w:rsidRDefault="7546B23F" w:rsidP="0DF2A236">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0DF2A236">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All sections and subsections below of the Project Scope and Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0DF2A236">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>MUST BE COMPLETED</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA27A6">
-        <w:rPr>
+      <w:r w:rsidRPr="0DF2A236">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>, unless they are explicitly marked as optional. If you choose to leave any section empty, you must provide a clear justification. Proposals that do not include the required information - or a valid explanation for its absence - cannot be evaluated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24431019" w14:textId="39530D9F" w:rsidR="7546B23F" w:rsidRDefault="7546B23F" w:rsidP="0DF2A236">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants are strongly encouraged to base their proposals on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>reliable benchmark data obtained on the target machine(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through previous calls or access programmes. Benchmark data, as well as support for collecting it, can be obtained via the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>EuroHPC Benchmark Access call</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To ensure you have the necessary data in time, submit your Benchmark proposal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>at least one month before the Regular Access submission deadline</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...68 lines deleted...]
-        <w:r w:rsidR="007326AB" w:rsidRPr="00CA27A6">
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For additional questions, please contact the Peer-Review Office at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="1A3C4997">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
             <w:sz w:val="22"/>
-            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
           </w:rPr>
           <w:t>access@eurohpc-ju.europa.eu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007326AB" w:rsidRPr="00CA27A6">
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA281F8" w14:textId="09843AF5" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="00FA4BDE" w:rsidP="003B42B1">
+    <w:p w14:paraId="68AE2316" w14:textId="146C60FA" w:rsidR="7546B23F" w:rsidRDefault="7546B23F" w:rsidP="0DF2A236">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
-          <w:b/>
-[...119 lines deleted...]
-          <w:b/>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0DF2A236">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The structure and formatting settings of this template </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0DF2A236">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="69EF9B6F" w14:textId="77777777" w:rsidR="00A93ACC" w:rsidRDefault="00A93ACC" w:rsidP="003B42B1">
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>must be strictly followed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0DF2A236">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>. Changes to font size, margins or spacing settings are not allowed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A35E91" w14:textId="46B71F66" w:rsidR="7546B23F" w:rsidRDefault="7546B23F" w:rsidP="0DF2A236">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>The Project Scope and Plan document is limited to a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maximum of 10 pages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including graphs, tables and references. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>The cover page (list of team members) and this notice are not counted in this limit.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reviewers will disregard any content beyond the 10-page limit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B21954A" w14:textId="5A1CC030" w:rsidR="7546B23F" w:rsidRDefault="7546B23F" w:rsidP="0DF2A236">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>All instructional text and example images in th</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1E24" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> template must be removed before submission</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76F7F" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055226D" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>leaving only the numbered titles of the sections and subsections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C3DE64" w14:textId="70892D53" w:rsidR="7546B23F" w:rsidRDefault="7546B23F" w:rsidP="0DF2A236">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upload the Project Scope and Plan in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>one single PDF document to the Peer-</w:t>
+      </w:r>
+      <w:r w:rsidR="00996609" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>eview Platform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, based on this template. The file size must not exceed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>8 MB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EF9B6F" w14:textId="409C544A" w:rsidR="00A93ACC" w:rsidRDefault="04884348" w:rsidP="073047BA">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="073047BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Proposals that do not follow the template requirements or that are incomplete will be administratively rejected and will not be further evaluated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE9A408" w14:textId="77777777" w:rsidR="000F7D76" w:rsidRPr="00CA27A6" w:rsidRDefault="000F7D76" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FE9A408" w14:textId="77777777" w:rsidR="000F7D76" w:rsidRPr="00CA27A6" w:rsidRDefault="000F7D76" w:rsidP="003B42B1">
+    <w:p w14:paraId="1A8E3089" w14:textId="78E61BC6" w:rsidR="00565B23" w:rsidRPr="00565B23" w:rsidRDefault="00565B23" w:rsidP="1A3C4997">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+        <w:sectPr w:rsidR="00565B23" w:rsidRPr="00565B23" w:rsidSect="008A33EF">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2552" w:right="1077" w:bottom="1440" w:left="1077" w:header="709" w:footer="335" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA27A6">
+    </w:p>
+    <w:p w14:paraId="4B103151" w14:textId="69159510" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCHeading1"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:lastRenderedPageBreak/>
+        <w:t>Key scientific/societal/technological contribution of the proposal (200 words max.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5262D6FE" w14:textId="77777777" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve">Outline the scientific/societal/technological importance of your project, how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>High Performance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> Computing (HPC) will help you achieve your goals and what the major expected outcomes are. This section would typically be the same as the abstract of the proposal in the submission form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFB9A95" w14:textId="34DEBF7E" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>&lt;Enter your text here&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5795B951" w14:textId="25F33530" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CEDF79E" w14:textId="4E79CB7F" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCHeading1"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Detailed proposal information (Maximum 8 pages, graphs and tables included)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7032CEB3" w14:textId="1F96972C" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="008151C5" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>The information should be understandable to peer-review experts in your discipline. It must also have appropriate information for a broader audience as your proposal will be evaluated by a Panel and in parallel with proposals in other disciplines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459C2D0B" w14:textId="4795127D" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCHeading2"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Justification for the importance of the scientific problem and the requested resources (1 page)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1378DC5C" w14:textId="77777777" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Describe the proposed research and the main scientific/technical advances you will achieve with the requested EuroHPC allocation. For industrial applications, proposals should demonstrate the innovation and industrial impact on the specific market and the broader socio-economic impact. For public sector applications, the proposal should demonstrate the innovative aspects of the applications, the expected societal impact, and how the application will contribute to the delivery of quality and efficient public sector services. The justification of the requested resources must be clearly linked to the software performance evaluation (Section 2.6).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAA7557" w14:textId="77777777" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>&lt;Enter your text here&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C643BC3" w14:textId="77777777" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C55614E" w14:textId="723A2022" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCHeading2"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Overview of the project (2 pages)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7282F9C0" w14:textId="77777777" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Describe the motivation, objectives and scientific challenges of the problem. Describe and justify the choice of computational methods. State the advances that will be enabled through the requested EuroHPC Regular Access award (e.g. impact on community paradigms, valuable insights or solving a long-standing challenge, new technology/therapy, etc.). Provide a list of expected outcomes of your proposal and, if relevant, the interdisciplinary value of your proposal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4C4754" w14:textId="6D9E8A8E" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>&lt;Enter your text here&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76366B22" w14:textId="20B8F9CE" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E6A2380" w14:textId="2C7FA4ED" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCHeading2"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Validation, verification, state of the art (1 page)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E0C7CE" w14:textId="77777777" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Please describe the validity of the simulations and predictions made with this proposal. In case you provide references to relevant publications please include here also the key relevant results. Please address issues of reproducibility and highlight the predictive capabilities of your simulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425E0FAA" w14:textId="208A618C" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCHeading3"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Validation &amp; Verification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8BC0D4" w14:textId="211FC80F" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve">Please summarize the validation of your model against experiments or other established reference data. Please also provide how the numerical consistency and stability of your computational method </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6A42" w:rsidRPr="00CA27A6">
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> been verified or provide evidence of existing verifications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73541073" w14:textId="68E01CC6" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>&lt;Enter your text here&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BCCB64" w14:textId="77777777" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="00B565D9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="EuroHPCHeading1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CA6D301" w14:textId="44FD78F2" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:lastRenderedPageBreak/>
-        <w:t>Key scientific/societal/technological contribution of the proposal (200 words max.)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5262D6FE" w14:textId="77777777" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="003B42B1">
+        <w:t>Comparison with state of the art</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F9AA1F" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>Outline the scientific/societal/technological importance of your project, how High Performance Computing (HPC) will help you achieve your goals and what the major expected outcomes are. This section would typically be the same as the abstract of the proposal in the submission form.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3EFB9A95" w14:textId="34DEBF7E" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="00B565D9">
+        <w:t>Place the project in the context of competing work. Explain the relative advantages AND drawbacks of your approach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13006286" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5795B951" w14:textId="25F33530" w:rsidR="001E76C6" w:rsidRPr="00CA27A6" w:rsidRDefault="001E76C6" w:rsidP="00B565D9">
+    <w:p w14:paraId="10D05A71" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CEDF79E" w14:textId="4E79CB7F" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
-[...16 lines deleted...]
-    <w:p w14:paraId="459C2D0B" w14:textId="4795127D" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+    <w:p w14:paraId="242A5787" w14:textId="78DC6A02" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>Justification for the importance of the scientific problem and the requested resources (1 page)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1378DC5C" w14:textId="77777777" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+        <w:t>Software and Attributes (1 page)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076C8B8C" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>Describe the proposed research and the main scientific/technical advances you will achieve with the requested EuroHPC allocation. For industrial applications, proposals should demonstrate the innovation and industrial impact on the specific market and the broader socio-economic impact. For public sector applications, the proposal should demonstrate the innovative aspects of the applications, the expected societal impact, and how the application will contribute to the delivery of quality and efficient public sector services. The justification of the requested resources must be clearly linked to the software performance evaluation (Section 2.6).</w:t>
-[...62 lines deleted...]
-    <w:p w14:paraId="425E0FAA" w14:textId="208A618C" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+        <w:t xml:space="preserve">(Please see also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Examples of Performance Reporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> in Section 2.6.2.1). Describe the software that will be used including a discussion of the state of the art in the field. The description should mention:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A32217F" w14:textId="5CA69F7D" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>Validation &amp; Verification</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D8BC0D4" w14:textId="77777777" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="003B42B1">
+        <w:t xml:space="preserve">Software </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203BE25A" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>Please summarize the validation of your model against experiments or other established reference data. Please also provide how the numerical consistency and stability of your computational method has been verified or provide evidence of existing verifications.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="73541073" w14:textId="68E01CC6" w:rsidR="00692337" w:rsidRPr="00CA27A6" w:rsidRDefault="00692337" w:rsidP="00B565D9">
+        <w:t>Please describe all codes you are using in the proposal. Justify your choices and describe alternatives (if any).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346748AC" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BCCB64" w14:textId="77777777" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="00B565D9">
+    <w:p w14:paraId="795BCE3D" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="3CA6D301" w14:textId="44FD78F2" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5203FF9B" w14:textId="67C6409F" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="66F9AA1F" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
+        <w:t>Particular libraries</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E71CA7A" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>Place the project in the context of competing work. Explain the relative advantages AND drawbacks of your approach.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="13006286" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
+        <w:t xml:space="preserve">Describe </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>particular libraries</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> required by the production and analysis software, algorithms and numerical techniques employed (e.g. finite element, iterative solver), programming languages. Please specify requirements for compilation or build environment (build system (e.g. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>cmake</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>, python version), version control system (e.g. git, subversion) etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E719D1C" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D05A71" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
+    <w:p w14:paraId="17A51F81" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="242A5787" w14:textId="78DC6A02" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
-[...26 lines deleted...]
-    <w:p w14:paraId="6A32217F" w14:textId="5CA69F7D" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
+    <w:p w14:paraId="34B653BB" w14:textId="105C28E7" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t xml:space="preserve">Software </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="203BE25A" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
+        <w:t>Parallel programming</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B70BCB" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>Please describe all codes you are using in the proposal. Justify your choices and describe alternatives (if any).</w:t>
-[...59 lines deleted...]
-        <w:t>Model(s) used (e.g., MPI, OpenMP/Pthreads, CUDA, OpenACC, etc.).</w:t>
+        <w:t>Model(s) used (e.g., MPI, OpenMP/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Pthreads</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve">, CUDA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>OpenACC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764C42EF" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B0C302" w14:textId="77777777" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26360B0E" w14:textId="5175222F" w:rsidR="003A45D3" w:rsidRPr="00CA27A6" w:rsidRDefault="003A45D3" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>I/O requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51857D1A" w14:textId="77777777" w:rsidR="00CA27A6" w:rsidRPr="00CA27A6" w:rsidRDefault="00CA27A6" w:rsidP="000D2554">
@@ -2154,60 +2306,66 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="14D95A3F" w14:textId="7167E293" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="238EC383" w14:textId="17620108" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Data: Management Plan, Storage, Analysis and Visualization (~1 page)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EF45FE" w14:textId="75FEC0C0" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Data Management Plan covering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145CED1B" w14:textId="77777777" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="003B42B1">
+    <w:p w14:paraId="145CED1B" w14:textId="320E8D68" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve">Data Management Plan covering both short-term and long-term aspects, including needs for I/O bandwidth, number of files and input/output data volumes. Specify for which system the data will be provided, how long the data must be stored at the computing centre after the termination of the project, how it will be moved from the centre, and how subsequent analysis will be performed. Specify the availability of both code and data to other </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:lastRenderedPageBreak/>
-        <w:t>researchers, and how this will be handled. EuroHPC should be given credit for all data produced through EuroHPC allocations when publishing, and described in the provenance when depositing to other infrastructures.</w:t>
+        <w:t xml:space="preserve">researchers, and how this will be handled. EuroHPC should be given credit for all data produced through EuroHPC allocations when </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17F9F" w:rsidRPr="00CA27A6">
+        <w:t>publishing and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> described in the provenance when depositing to other infrastructures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C00D164" w14:textId="77777777" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566DC617" w14:textId="77777777" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C553540" w14:textId="0B3212A2" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Project workflow</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE8AA5E" w14:textId="77777777" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="003B42B1">
@@ -2287,257 +2445,448 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="50EE0456" w14:textId="562946A9" w:rsidR="00650BB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00650BB2" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A3FD4EC" w14:textId="1A916150" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Performance of Software (Maximum 2 pages)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD81E6C" w14:textId="259685E9" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Testing of your code on the requested machine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17141A63" w14:textId="3D674516" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
+    <w:p w14:paraId="4327BB5F" w14:textId="77777777" w:rsidR="006576A8" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA27A6">
-        <w:t xml:space="preserve">It is strongly recommended that your production code is tested in the requested machine(s) (see also the text referring to Benchmark Access in the Important Notice at the top of page 1). Please specify the EuroHPC Benchmark Access project (if any) or other projects (previous PRACE Calls, national calls, etc.) used to prepare the Regular Access proposal. If the preparatory host machine is different from the target machine, specify why you think the data is relevant. In the latter case, please report briefly the conversion factor (in terms of ratio of time to solution, flops or requested </w:t>
+      <w:r>
+        <w:t xml:space="preserve">It is strongly recommended that your production code is tested in the requested machine(s) (see also the text referring to Benchmark Access in the Important Notice at the top of page </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5A85">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>). Please specify the EuroHPC Benchmark Access project (if any</w:t>
+      </w:r>
+      <w:r w:rsidR="00C903D9">
+        <w:t xml:space="preserve">, by providing their </w:t>
+      </w:r>
+      <w:r w:rsidR="002A633D">
+        <w:t>“E</w:t>
+      </w:r>
+      <w:r w:rsidR="00C903D9">
+        <w:t>HPC-</w:t>
+      </w:r>
+      <w:r w:rsidR="002A633D">
+        <w:t xml:space="preserve">BEN-” </w:t>
+      </w:r>
+      <w:r w:rsidR="00C903D9">
+        <w:t>ID</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) or other projects (previous PRACE </w:t>
+      </w:r>
+      <w:r w:rsidR="002A633D">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>alls, national calls, etc.) used to prepare the Regular Access proposal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17141A63" w14:textId="6E22D956" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve">If the preparatory host machine is different from the target machine, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7005">
+        <w:t xml:space="preserve">please </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve">specify why you think the data is relevant. In </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54E04">
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> case, briefly </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54E04">
+        <w:t xml:space="preserve">report </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve">the conversion factor (in terms of ratio of time to solution, flops or requested </w:t>
       </w:r>
       <w:r w:rsidR="00630AA3" w:rsidRPr="00CA27A6">
         <w:t>node</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t xml:space="preserve"> hours) from the machine where the preparatory tests were performed to the requested system. Moreover, your proposal must account for all technical constraints and requirements of the targeted machine(s) as documented in the separate Technical Guidelines for Applicants document; failing to do so will significantly increase the risk that your project will be technically rejected.</w:t>
+        <w:t xml:space="preserve"> hours) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54E04">
+        <w:t>between</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> the machine where the preparatory tests were performed </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54E04">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> the requested system.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1F11">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>Moreover, your proposal must account for all technical constraints and requirements of the targeted machine(s) as documented in the separate Technical Guidelines for Applicants document</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1F10">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1F10">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>ail</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1F10">
+        <w:t>ure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> to do so will significantly increase the risk </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1F10">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> your project </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1F10">
+        <w:t>being</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> technically rejected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7944F2E5" w14:textId="77777777" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65273E77" w14:textId="77777777" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D943E10" w14:textId="236F18D1" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading3"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Quantify the HPC performance of your project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6248B796" w14:textId="4A56378F" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve">The presented data must be representative of the entire workflow of the project proposed and refer to the main application code you intend for the production work. The software scalability data (see Examples of </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Performance Reporting</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve"> below) must be used to choose the most efficient job size(s) for the simulations planned in production: the corresponding software performance must be clearly linked to the justification of the computing resources requested. The Domain Panels will not accept estimates based on related codes and/or data related to parts of your production. All data must refer to the targeted systems in your production runs or a system with comparable size, software stack and with the same architecture, and network (e.g. a project can be accepted on Melu</w:t>
       </w:r>
       <w:r w:rsidR="002F6F55" w:rsidRPr="00CA27A6">
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t xml:space="preserve">ina GPU if it was benchmarked on another GPU machine with the same NVIDIA GPU). Please coordinate with the centres if in doubt about the portability of your code. Specify that performance results are reported on the basis of one of the </w:t>
+        <w:t xml:space="preserve">ina GPU </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:lastRenderedPageBreak/>
-        <w:t>following: whole application including I/O; whole application except I/O; kernel only; other (specify). More specifically you must include:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="186BC39F" w14:textId="78B627EC" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="000D1E84" w:rsidP="003B42B1">
+        <w:t xml:space="preserve">if it was benchmarked on another GPU machine with the same NVIDIA GPU). Please coordinate with the centres if in doubt about the portability of your code. Specify that performance results are reported </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve"> one of the following: whole application including I/O; whole application except I/O; kernel only; other (specify). More specifically you must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186BC39F" w14:textId="5B2ACCB5" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="000D1E84" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D2C7B" w:rsidRPr="00CA27A6">
         <w:t>Strong and weak scalability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2523ED49" w14:textId="77777777" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
+    <w:p w14:paraId="2523ED49" w14:textId="3DCD544D" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA27A6">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CA27A6">
+      <w:r>
+        <w:t xml:space="preserve">Starting with the minimum size of the computer necessary to run the problem (1 core or 1 node). Justify the minimum size for your scaling if it is larger than 1 core or 1 node (e.g. memory limitations). Please provide a justification in case that either the weak (e.g. study of one </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">particular </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93632">
+        <w:t>biomolecule</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) or the strong (e.g. study of an ensemble) scalability metric is not considered relevant to your project. See </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A3C4997">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Examples of Performance Reporting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA27A6">
+      <w:r>
         <w:t xml:space="preserve"> below for the requested format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E52D4AC" w14:textId="77777777" w:rsidR="002D2C7B" w:rsidRDefault="002D2C7B" w:rsidP="00B565D9">
+    <w:p w14:paraId="6E52D4AC" w14:textId="7F729527" w:rsidR="002D2C7B" w:rsidRDefault="002D2C7B" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5706A058" w14:textId="77777777" w:rsidR="00AE111C" w:rsidRPr="00CA27A6" w:rsidRDefault="00AE111C" w:rsidP="00B565D9">
+    <w:p w14:paraId="6DDB942F" w14:textId="77777777" w:rsidR="00E0582E" w:rsidRDefault="00E0582E" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AB5AB70" w14:textId="427301C5" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002D2C7B" w:rsidP="003B42B1">
+    <w:p w14:paraId="1FCC5B43" w14:textId="77777777" w:rsidR="007E7BD8" w:rsidRPr="00E0582E" w:rsidRDefault="002D2C7B" w:rsidP="007E7BD8">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:color w:val="FFC000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA27A6">
+      <w:r w:rsidRPr="6C2F70F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Examples of Performance Reporting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA27A6">
+      <w:r>
         <w:t xml:space="preserve">. For the weak and strong scaling please start with the minimum and finish with the maximum number of </w:t>
       </w:r>
-      <w:r w:rsidR="002F34FA" w:rsidRPr="00CA27A6">
+      <w:r w:rsidR="002F34FA">
         <w:t>nodes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA27A6">
+      <w:r>
         <w:t xml:space="preserve"> that are suitable for your application. Please mark the number of </w:t>
       </w:r>
-      <w:r w:rsidR="00630AA3" w:rsidRPr="00CA27A6">
+      <w:r w:rsidR="00630AA3">
         <w:t>nodes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA27A6">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CA27A6">
+      <w:r>
+        <w:t xml:space="preserve"> that</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0582E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>you expect to perform the main load of your work. On the Y axis you may use time to solution (scaled or otherwise) or speedup with respect to the minimum number of cores.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7BD8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7BD8" w:rsidRPr="00CA27A6">
+        <w:t>The table should include the speedup and the parallel efficiency. Log/log plots are useful to span many orders of magnitude.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C3CA2C" w14:textId="77777777" w:rsidR="00E0582E" w:rsidRDefault="75627060" w:rsidP="003B42B1">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+        <w:rPr>
+          <w:color w:val="FFC000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A3C4997">
         <w:rPr>
           <w:rStyle w:val="Emphasiscolour"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>The table with the timings is mandatory</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CA27A6">
+        <w:t xml:space="preserve">Both the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2C7B" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rStyle w:val="Emphasiscolour"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:r w:rsidR="002212DD" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rStyle w:val="Emphasiscolour"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2C7B" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rStyle w:val="Emphasiscolour"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the timings </w:t>
+      </w:r>
+      <w:r w:rsidR="4FB9FD7A" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rStyle w:val="Emphasiscolour"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>and the plot</w:t>
+      </w:r>
+      <w:r w:rsidR="002212DD" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rStyle w:val="Emphasiscolour"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="4FB9FD7A" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rStyle w:val="Emphasiscolour"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2C7B" w:rsidRPr="1A3C4997">
+        <w:rPr>
+          <w:rStyle w:val="Emphasiscolour"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mandatory</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2C7B" w:rsidRPr="1A3C4997">
         <w:rPr>
           <w:color w:val="FFC000"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00CA27A6">
+      <w:r w:rsidR="00E0582E">
+        <w:rPr>
+          <w:color w:val="FFC000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4683A884" w14:textId="4003AE47" w:rsidR="00E0582E" w:rsidRDefault="00E0582E" w:rsidP="0099240B">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="642CD6CE" wp14:editId="666D72E0">
-[...2 lines deleted...]
-            <wp:docPr id="6" name="Picture 6"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6841B953" wp14:editId="5FB7C934">
+            <wp:extent cx="5383843" cy="4734732"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="1312183000" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1312183000" name="Picture 1312183000"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect r="7532"/>
-                    <a:stretch/>
+                    <a:srcRect l="6796" t="11428" b="6186"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4998191" cy="4393892"/>
+                      <a:ext cx="5424521" cy="4770506"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C5209E4" w14:textId="7F2675C0" w:rsidR="002F6F55" w:rsidRPr="00CA27A6" w:rsidRDefault="002F6F55" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Precision reported</w:t>
       </w:r>
@@ -2558,51 +2907,51 @@
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C498C6" w14:textId="77777777" w:rsidR="00601998" w:rsidRPr="00CA27A6" w:rsidRDefault="00601998" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11B302F3" w14:textId="0180520C" w:rsidR="002F6F55" w:rsidRPr="00CA27A6" w:rsidRDefault="002F6F55" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve"> Time-to-solution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28220B86" w14:textId="5A061B02" w:rsidR="002D2C7B" w:rsidRPr="00CA27A6" w:rsidRDefault="002F6F55" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Time-to-solution as normalised/averaged per iteration,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383E6740" w14:textId="77777777" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="00DD7037" w:rsidP="003B42B1">
+    <w:p w14:paraId="383E6740" w14:textId="77777777" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="00000000" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSubSup>
             <m:sSubSupPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubSupPr>
             <m:e>
               <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>T</m:t>
               </m:r>
             </m:e>
             <m:sub>
               <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -2708,51 +3057,51 @@
                     <m:t>N</m:t>
                   </m:r>
                 </m:e>
                 <m:sub>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>e</m:t>
                   </m:r>
                 </m:sub>
               </m:sSub>
             </m:den>
           </m:f>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="4C5EA9E6" w14:textId="0673F4AC" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="000D1E84" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>AND the normalized total time to solution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="691A1111" w14:textId="77777777" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="00DD7037" w:rsidP="003B42B1">
+    <w:p w14:paraId="691A1111" w14:textId="77777777" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="00000000" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSubSup>
             <m:sSubSupPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubSupPr>
             <m:e>
               <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>T</m:t>
               </m:r>
             </m:e>
             <m:sub>
@@ -3177,106 +3526,106 @@
           <w:rStyle w:val="InstructionsChar"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00FF0D0B" w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rStyle w:val="InstructionsChar"/>
         </w:rPr>
         <w:t>Benchmark</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:rStyle w:val="InstructionsChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> Access in the Important Notice at the top of Page 1). Alternatively provide code specific metrics for the requested machine (FLOPS, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A8303ED" w14:textId="6A62A5EB" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="000D1E84" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3814D24B" w14:textId="77777777" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="000D1E84" w:rsidP="00B565D9">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5E2EF6F3" w14:textId="3F9F772E" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="000D1E84" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading1"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
+        <w:lastRenderedPageBreak/>
         <w:t>Milestones (quarterly basis) (Maximum 1 page)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6616691F" w14:textId="4BE820FF" w:rsidR="000D1E84" w:rsidRPr="00CA27A6" w:rsidRDefault="00C40196" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve">Goals and milestones should articulate simulation and developmental objectives and be sufficiently detailed to assess the progress of the project. It is especially important that you provide clear connections between the project’s overarching milestones, the planned production simulations, and the compute time expected to be required for these simulations. Please clarify any dependencies of milestones on other milestones. Please ensure that the </w:t>
       </w:r>
       <w:r w:rsidR="00630AA3" w:rsidRPr="00CA27A6">
         <w:t>node</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve"> hour consumption is regular throughout the allocation or provide a requested schedule after consultation with the centres.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9292" w:type="dxa"/>
+        <w:tblW w:w="9723" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2131"/>
+        <w:gridCol w:w="2562"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1201"/>
         <w:gridCol w:w="1201"/>
         <w:gridCol w:w="1334"/>
         <w:gridCol w:w="1201"/>
         <w:gridCol w:w="1157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="032FA82B" w14:textId="77777777" w:rsidTr="00F73EB2">
+      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="032FA82B" w14:textId="77777777" w:rsidTr="007E7BD8">
         <w:trPr>
           <w:trHeight w:val="445"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="029D4913" w14:textId="6110549C" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA27A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Run Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3420,58 +3769,58 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="727B671D" w14:textId="14522F73" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA27A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total node hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="20A5BDAC" w14:textId="77777777" w:rsidTr="00F73EB2">
+      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="20A5BDAC" w14:textId="77777777" w:rsidTr="007E7BD8">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56532AFF" w14:textId="0D24F4D5" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA27A6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>A (init. condition prep.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -3547,58 +3896,58 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0536C164" w14:textId="77777777" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="46040F3F" w14:textId="77777777" w:rsidTr="00F73EB2">
+      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="46040F3F" w14:textId="77777777" w:rsidTr="007E7BD8">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FB6FAB2" w14:textId="7782A368" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA27A6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>B (low resolution)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3676,58 +4025,58 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EEC3040" w14:textId="77777777" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="5AE986DA" w14:textId="77777777" w:rsidTr="00F73EB2">
+      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="5AE986DA" w14:textId="77777777" w:rsidTr="007E7BD8">
         <w:trPr>
           <w:trHeight w:val="445"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A98643C" w14:textId="3E32B1EC" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA27A6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>C (high resolution)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -3803,58 +4152,58 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E3DFB95" w14:textId="77777777" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="1D0C8E40" w14:textId="77777777" w:rsidTr="00F73EB2">
+      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="1D0C8E40" w14:textId="77777777" w:rsidTr="007E7BD8">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BE73F9F" w14:textId="39E08B51" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA27A6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>D (post processing)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -3930,58 +4279,58 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C3EB758" w14:textId="77777777" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="72125D77" w14:textId="77777777" w:rsidTr="00F73EB2">
+      <w:tr w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w14:paraId="72125D77" w14:textId="77777777" w:rsidTr="007E7BD8">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B182E67" w14:textId="77777777" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59B8E3FB" w14:textId="77777777" w:rsidR="00F73EB2" w:rsidRPr="00CA27A6" w:rsidRDefault="00F73EB2" w:rsidP="003B42B1">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4090,364 +4439,411 @@
     </w:p>
     <w:p w14:paraId="6ED58D8D" w14:textId="1DAF82AD" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:lastRenderedPageBreak/>
         <w:t>Gantt Chart</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9E7C29" w14:textId="77777777" w:rsidR="001E0222" w:rsidRPr="00322188" w:rsidRDefault="001E0222" w:rsidP="001E0222">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00322188">
         <w:t>Provide a Gantt Chart of the simulation plan in production indicating job sizes and scheduling of computing tasks highlighting the consumption peaks. The Gantt Chart should also include a data transfer plan and a communication plan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00322188">
         <w:t>strategy and timeline for the dissemination of the results.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044B7204" w14:textId="70DB21BB" w:rsidR="002C4AF2" w:rsidRDefault="001E0222" w:rsidP="001E0222">
+    <w:p w14:paraId="044B7204" w14:textId="392EA0AE" w:rsidR="002C4AF2" w:rsidRDefault="001E0222" w:rsidP="001E0222">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00322188">
         <w:t xml:space="preserve">Please take into consideration that the homogenous consumption is encouraged. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77AB4CED" w14:textId="55F7AE50" w:rsidR="001E0222" w:rsidRPr="00322188" w:rsidRDefault="00693E18" w:rsidP="00693E18">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002B5AB4">
+    <w:p w14:paraId="1E549718" w14:textId="2A2937C5" w:rsidR="00722391" w:rsidRDefault="00722391" w:rsidP="001E0222">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19E71419" wp14:editId="50FABF2C">
-            <wp:extent cx="4961614" cy="4078373"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E4D5BCB" wp14:editId="1E6F1A92">
+            <wp:simplePos x="687823" y="2945501"/>
+            <wp:positionH relativeFrom="column">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:align>top</wp:align>
+            </wp:positionV>
+            <wp:extent cx="5803578" cy="4790485"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="439057291" name="Picture 1" descr="A screenshot of a gantt chart&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1079263337" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="439057291" name="Picture 1" descr="A screenshot of a gantt chart&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="1079263337" name="Picture 1079263337"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="6272" t="11171" b="11025"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4971856" cy="4086792"/>
+                      <a:ext cx="5803578" cy="4790485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDF8A8A" w14:textId="77777777" w:rsidR="00693E18" w:rsidRDefault="00693E18" w:rsidP="003B42B1">
-[...4 lines deleted...]
-    <w:p w14:paraId="6067D2E5" w14:textId="05BFEC79" w:rsidR="00693E18" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00B565D9">
+    <w:p w14:paraId="77AB4CED" w14:textId="0F56236F" w:rsidR="001E0222" w:rsidRPr="00322188" w:rsidRDefault="001E0222" w:rsidP="00693E18">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6067D2E5" w14:textId="05BFEC79" w:rsidR="00693E18" w:rsidRDefault="00B469B1" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B84768F" w14:textId="63C52291" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00B565D9">
+    <w:p w14:paraId="68701DA6" w14:textId="77777777" w:rsidR="00722391" w:rsidRDefault="00722391" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68F322D1" w14:textId="23C704FF" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading1"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Personnel and Management Plan (0,5 page)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="528BA7B5" w14:textId="77777777" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="Instructions"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
-        <w:t>What personnel are already in place and what are their roles on the project? If applicable, describe (i) personnel that will be hired for the project in the future and their responsibilities and (ii) potential personnel turnover that may occur during the project and a strategy for replacing them. The EuroHPC Regular Access calls welcome proposals from individual PIs or teams of collaborators. Outline the focus of each individual or subgroup and their interrelationships.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52ADA74A" w14:textId="77777777" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
+        <w:t>What personnel are already in place and what are their roles on the project? If applicable, describe (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA27A6">
+        <w:t>) personnel that will be hired for the project in the future and their responsibilities and (ii) potential personnel turnover that may occur during the project and a strategy for replacing them. The EuroHPC Regular Access calls welcome proposals from individual PIs or teams of collaborators. Outline the focus of each individual or subgroup and their interrelationships.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52ADA74A" w14:textId="77777777" w:rsidR="00B469B1" w:rsidRPr="0099240B" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FFC000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CA27A6">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099240B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FFC000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>It is mandatory to include all team members on the online form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF7A83C" w14:textId="77777777" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5C2B79F1" w14:textId="0E70B9F7" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading1"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
+        <w:lastRenderedPageBreak/>
         <w:t>References (Maximum 30)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF1FFF3" w14:textId="77777777" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCBED9E" w14:textId="52B12FC5" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C3FC11F" w14:textId="56ED3516" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="003B42B1">
       <w:pPr>
         <w:pStyle w:val="EuroHPCHeading1"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>Confidentiality (0,5 page)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A7FB20" w14:textId="77777777" w:rsidR="00C23C99" w:rsidRPr="00CA27A6" w:rsidRDefault="00C23C99" w:rsidP="00562866">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="137FC029" w14:textId="00DABFD7" w:rsidR="00C23C99" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00562866">
+    <w:p w14:paraId="137FC029" w14:textId="7990F309" w:rsidR="00C23C99" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00562866">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve">Is any part of the project covered by confidentiality? </w:t>
       </w:r>
-      <w:r w:rsidR="00C23C99" w:rsidRPr="00CA27A6">
+      <w:r w:rsidR="0099240B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>yes/no</w:t>
+        <w:t>YES</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23C99" w:rsidRPr="00CA27A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0099240B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F66429" w14:textId="00F6B257" w:rsidR="00C23C99" w:rsidRPr="00CA27A6" w:rsidRDefault="00C23C99" w:rsidP="00562866">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>YES</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA27A6">
         <w:t>, specify which aspect is confidential and justify (Maximum 500 words):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78733F0B" w14:textId="77777777" w:rsidR="00562866" w:rsidRPr="00322188" w:rsidRDefault="00562866" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00322188">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132452EE" w14:textId="77777777" w:rsidR="00CC5F84" w:rsidRPr="00CA27A6" w:rsidRDefault="00CC5F84" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04E08CAB" w14:textId="0AE19007" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00C23C99" w:rsidP="00562866">
+    <w:p w14:paraId="04E08CAB" w14:textId="165AEF0C" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00C23C99" w:rsidP="00562866">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve">Does your project involve handling of personal data? </w:t>
       </w:r>
-      <w:r w:rsidR="00B469B1" w:rsidRPr="00CA27A6">
+      <w:r w:rsidR="0099240B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>yes/no</w:t>
+        <w:t>YES/NO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7282855C" w14:textId="228A0E57" w:rsidR="00B469B1" w:rsidRPr="00CA27A6" w:rsidRDefault="00B469B1" w:rsidP="00562866">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CA27A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>YES</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CA27A6">
         <w:t xml:space="preserve"> please confirm to take care of the data controller’s responsibilities as described in applicable data protection legislation – and note that you will need to make a data processing agreement with the production site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13DDA8B2" w14:textId="77777777" w:rsidR="00562866" w:rsidRPr="00322188" w:rsidRDefault="00562866" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00322188">
         <w:t>&lt;Enter your text here&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63970232" w14:textId="77777777" w:rsidR="00A93ACC" w:rsidRPr="00CA27A6" w:rsidRDefault="00A93ACC" w:rsidP="00B565D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A93ACC" w:rsidRPr="00CA27A6" w:rsidSect="008A33EF">
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2552" w:right="1077" w:bottom="1440" w:left="1077" w:header="709" w:footer="335" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35C62B0D" w14:textId="77777777" w:rsidR="00592A57" w:rsidRDefault="00592A57" w:rsidP="000E7B6E">
+    <w:p w14:paraId="08A4EBBE" w14:textId="77777777" w:rsidR="00B86014" w:rsidRDefault="00B86014" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A83831E" w14:textId="77777777" w:rsidR="00592A57" w:rsidRDefault="00592A57" w:rsidP="000E7B6E">
+    <w:p w14:paraId="751CE4BB" w14:textId="77777777" w:rsidR="00B86014" w:rsidRDefault="00B86014" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4998D62B" w14:textId="77777777" w:rsidR="00592A57" w:rsidRDefault="00592A57">
+    <w:p w14:paraId="719E7C87" w14:textId="77777777" w:rsidR="00B86014" w:rsidRDefault="00B86014">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
@@ -4455,275 +4851,206 @@
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baskerville">
     <w:altName w:val="Baskerville Old Face"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000067" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="289B5864" w14:textId="1D1D39E0" w:rsidR="00FA2FBF" w:rsidRPr="00FA2FBF" w:rsidRDefault="00FA2FBF">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...70 lines deleted...]
-    </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpXSpec="center" w:tblpY="113"/>
       <w:tblW w:w="10042" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2013"/>
       <w:gridCol w:w="6346"/>
       <w:gridCol w:w="1683"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004717D9" w14:paraId="170BC522" w14:textId="77777777" w:rsidTr="00FA4BDE">
+    <w:tr w:rsidR="004717D9" w14:paraId="170BC522" w14:textId="77777777" w:rsidTr="1A3C4997">
       <w:trPr>
         <w:trHeight w:val="340"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2013" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7DD687FB" w14:textId="3A06D5B0" w:rsidR="00FB2D28" w:rsidRDefault="00FB2D28" w:rsidP="00FA4BDE">
+        <w:p w14:paraId="7DD687FB" w14:textId="270B4B93" w:rsidR="00FB2D28" w:rsidRDefault="073047BA" w:rsidP="073047BA">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
           </w:pPr>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="00FB2D28" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
+              <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="00FB2D28" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="00FB2D28" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00485539">
+          <w:r w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="00FB2D28" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidRPr="073047BA">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> of</w:t>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="000911D3">
-[...14 lines deleted...]
-          <w:r w:rsidR="00DD7037">
+          <w:r w:rsidRPr="073047BA">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
-          </w:r>
-[...1 lines deleted...]
-            <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6346" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2A2BA325" w14:textId="64E0B3F5" w:rsidR="00FB2D28" w:rsidRDefault="00E94795" w:rsidP="00FA4BDE">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:noProof/>
             </w:rPr>
             <w:t>EuroHPC</w:t>
           </w:r>
           <w:r w:rsidR="00AF2D76">
             <w:rPr>
               <w:noProof/>
@@ -4758,120 +5085,62 @@
           </w:r>
           <w:r w:rsidR="00E65C00" w:rsidRPr="00E65C00">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Application </w:t>
           </w:r>
           <w:r w:rsidR="00305348">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>F</w:t>
           </w:r>
           <w:r w:rsidR="00E65C00" w:rsidRPr="00E65C00">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>orm for Regular Access</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1683" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="671E78C3" w14:textId="5DFF12F0" w:rsidR="00FB2D28" w:rsidRDefault="00FA4BDE" w:rsidP="00FA4BDE">
+        <w:p w14:paraId="671E78C3" w14:textId="45304D7F" w:rsidR="00FB2D28" w:rsidRDefault="1A3C4997" w:rsidP="1A3C4997">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="1A3C4997">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>V</w:t>
-[...55 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>V7: 27/02/2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="567BD843" w14:textId="676E6A24" w:rsidR="00B768DC" w:rsidRDefault="00B768DC" w:rsidP="00FA4BDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="11EACBEF" w14:textId="77777777" w:rsidR="00FA4BDE" w:rsidRPr="003C55EC" w:rsidRDefault="00FA4BDE" w:rsidP="00FA4BDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -4928,174 +5197,150 @@
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:line w14:anchorId="61F16395" id="Straight Connector 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,6.8pt" to="507.75pt,6.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAN80+RvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsqyipvvQVXlB&#10;sOLyAa4zbiz5Jo9p0r9n7KTpChASiBfH9sw5c+Z4sn0crWFniKi9a/l6VXMGTvpOu1PLv309vHng&#10;DJNwnTDeQcsvgPxx9/rVdggNbHzvTQeREYnDZggt71MKTVWh7MEKXPkAjoLKRysSHeOp6qIYiN2a&#10;alPX99XgYxeil4BIt09TkO8Kv1Ig0yelEBIzLSdtqayxrMe8VrutaE5RhF7LWYb4BxVWaEdFF6on&#10;kQT7HvUvVFbL6NGrtJLeVl4pLaH0QN2s65+6+dKLAKUXMgfDYhP+P1r58bx3z5FsGAI2GJ5j7mJU&#10;0eYv6WNjMeuymAVjYpIu7+/uHt7W9LzyGqtuwBAxvQdvWd603GiX+xCNOH/ARMUo9ZqSr41jA03P&#10;5l1dlzT0RncHbUwOYjwd9yays6A3PBz2NSVNFC/SiNA44r11UXbpYmAq8BkU0x3pXk8V8oDBQiuk&#10;BJfWM69xlJ1hiiQswFnan4BzfoZCGb6/AS+IUtm7tICtdj7+TnYar5LVlH91YOo7W3D03aW8b7GG&#10;pqiYP098HtOX5wK//Ze7HwAAAP//AwBQSwMEFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXapWKMSpogBC3ErLBzjxkgTsdRQ7bfr3bMUBjjOz&#10;mnmbb2fvxBHH2AfSsFwoEEhNsD21Gj4OL3cPIGIyZI0LhBrOGGFbXF/lJrPhRO943KdWcAnFzGjo&#10;UhoyKWPToTdxEQYkzj7D6E1iObbSjubE5d7Je6U20pueeKEzA1YdNt/7yWsYdk99paq3+vngV9P5&#10;y72W5Y60vr2Zy0cQCef0dwwXfEaHgpnqMJGNwmngRxK7qw2IS6qW6zWI+teRRS7/8xc/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA3zT5G/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAAAAAAAAAAAAAAAAGQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAgBQAAAAA=&#10;" strokecolor="#ffc000" strokeweight="1pt">
+            <v:line id="Straight Connector 7" style="position:absolute;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" o:spid="_x0000_s1026" strokecolor="#ffc000" strokeweight="1pt" from="0,6.8pt" to="507.75pt,6.8pt" w14:anchorId="61F16395" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAN80+RvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsqyipvvQVXlB&#10;sOLyAa4zbiz5Jo9p0r9n7KTpChASiBfH9sw5c+Z4sn0crWFniKi9a/l6VXMGTvpOu1PLv309vHng&#10;DJNwnTDeQcsvgPxx9/rVdggNbHzvTQeREYnDZggt71MKTVWh7MEKXPkAjoLKRysSHeOp6qIYiN2a&#10;alPX99XgYxeil4BIt09TkO8Kv1Ig0yelEBIzLSdtqayxrMe8VrutaE5RhF7LWYb4BxVWaEdFF6on&#10;kQT7HvUvVFbL6NGrtJLeVl4pLaH0QN2s65+6+dKLAKUXMgfDYhP+P1r58bx3z5FsGAI2GJ5j7mJU&#10;0eYv6WNjMeuymAVjYpIu7+/uHt7W9LzyGqtuwBAxvQdvWd603GiX+xCNOH/ARMUo9ZqSr41jA03P&#10;5l1dlzT0RncHbUwOYjwd9yays6A3PBz2NSVNFC/SiNA44r11UXbpYmAq8BkU0x3pXk8V8oDBQiuk&#10;BJfWM69xlJ1hiiQswFnan4BzfoZCGb6/AS+IUtm7tICtdj7+TnYar5LVlH91YOo7W3D03aW8b7GG&#10;pqiYP098HtOX5wK//Ze7HwAAAP//AwBQSwMEFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXapWKMSpogBC3ErLBzjxkgTsdRQ7bfr3bMUBjjOz&#10;mnmbb2fvxBHH2AfSsFwoEEhNsD21Gj4OL3cPIGIyZI0LhBrOGGFbXF/lJrPhRO943KdWcAnFzGjo&#10;UhoyKWPToTdxEQYkzj7D6E1iObbSjubE5d7Je6U20pueeKEzA1YdNt/7yWsYdk99paq3+vngV9P5&#10;y72W5Y60vr2Zy0cQCef0dwwXfEaHgpnqMJGNwmngRxK7qw2IS6qW6zWI+teRRS7/8xc/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA3zT5G/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJDmOq3aAAAABwEAAA8AAAAAAAAAAAAAAAAAGQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAgBQAAAAA=&#10;">
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpXSpec="center" w:tblpY="113"/>
       <w:tblW w:w="10042" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2013"/>
       <w:gridCol w:w="6346"/>
       <w:gridCol w:w="1683"/>
     </w:tblGrid>
-    <w:tr w:rsidR="006769CE" w14:paraId="59A11C4F" w14:textId="77777777" w:rsidTr="00FA4BDE">
+    <w:tr w:rsidR="006769CE" w14:paraId="59A11C4F" w14:textId="77777777" w:rsidTr="1A3C4997">
       <w:trPr>
         <w:trHeight w:val="340"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2013" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4DAD0D10" w14:textId="32A0FCA8" w:rsidR="006769CE" w:rsidRDefault="006769CE" w:rsidP="00FA4BDE">
+        <w:p w14:paraId="4DAD0D10" w14:textId="2F1DFE69" w:rsidR="006769CE" w:rsidRDefault="073047BA" w:rsidP="073047BA">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="006769CE" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
+              <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="006769CE" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="006769CE" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidR="006769CE" w:rsidRPr="073047BA">
             <w:rPr>
               <w:b/>
+              <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r w:rsidRPr="073047BA">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> of</w:t>
           </w:r>
-          <w:r w:rsidRPr="003C55EC">
+          <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="000911D3">
+          <w:r w:rsidRPr="073047BA">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:fldChar w:fldCharType="begin"/>
-[...29 lines deleted...]
-            <w:fldChar w:fldCharType="end"/>
+            <w:t>10</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6346" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="02DAF7C2" w14:textId="4DF9147B" w:rsidR="006769CE" w:rsidRDefault="006769CE" w:rsidP="00FA4BDE">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:noProof/>
             </w:rPr>
             <w:t>EuroHPC</w:t>
           </w:r>
           <w:r w:rsidR="000911D3">
             <w:rPr>
               <w:b/>
@@ -5123,165 +5368,114 @@
           </w:r>
           <w:r w:rsidRPr="00E65C00">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Application </w:t>
           </w:r>
           <w:r w:rsidR="00305348">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>F</w:t>
           </w:r>
           <w:r w:rsidRPr="00E65C00">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>orm for Regular Access</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1683" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="255F71E5" w14:textId="38CE596F" w:rsidR="006769CE" w:rsidRDefault="006769CE" w:rsidP="00FA4BDE">
+        <w:p w14:paraId="255F71E5" w14:textId="72C33FF7" w:rsidR="006769CE" w:rsidRDefault="1A3C4997" w:rsidP="1A3C4997">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="1A3C4997">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>V</w:t>
-[...48 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>V7: 27/02/2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="14C7E36F" w14:textId="77777777" w:rsidR="006769CE" w:rsidRDefault="006769CE" w:rsidP="00FA4BDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="536CDFE8" w14:textId="77777777" w:rsidR="006769CE" w:rsidRPr="003C55EC" w:rsidRDefault="006769CE" w:rsidP="00FA4BDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="796E88C6" w14:textId="77777777" w:rsidR="00592A57" w:rsidRDefault="00592A57" w:rsidP="000E7B6E">
+    <w:p w14:paraId="3B75D6D8" w14:textId="77777777" w:rsidR="00B86014" w:rsidRDefault="00B86014" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3879579D" w14:textId="77777777" w:rsidR="00592A57" w:rsidRDefault="00592A57" w:rsidP="000E7B6E">
+    <w:p w14:paraId="0984246F" w14:textId="77777777" w:rsidR="00B86014" w:rsidRDefault="00B86014" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3442253F" w14:textId="77777777" w:rsidR="00592A57" w:rsidRDefault="00592A57">
+    <w:p w14:paraId="34F07630" w14:textId="77777777" w:rsidR="00B86014" w:rsidRDefault="00B86014">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="120955C8" w14:textId="238D4488" w:rsidR="0097433E" w:rsidRDefault="00F96ECD" w:rsidP="00E5696D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="4513" w:hanging="4513"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="page1"/>
     <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7D8AD0BF" wp14:editId="16AD57F9">
@@ -6529,574 +6723,645 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1705710203">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="148"/>
-[...3 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:zoom w:percent="70"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D422BE"/>
     <w:rsid w:val="000033F6"/>
     <w:rsid w:val="00004B21"/>
     <w:rsid w:val="000071C2"/>
     <w:rsid w:val="0001100D"/>
     <w:rsid w:val="00030D4E"/>
     <w:rsid w:val="00046FE3"/>
     <w:rsid w:val="000603DE"/>
     <w:rsid w:val="000648F1"/>
     <w:rsid w:val="000911D3"/>
     <w:rsid w:val="00092F81"/>
     <w:rsid w:val="0009413B"/>
+    <w:rsid w:val="000A0257"/>
     <w:rsid w:val="000A5035"/>
     <w:rsid w:val="000D14A6"/>
     <w:rsid w:val="000D1E84"/>
     <w:rsid w:val="000D2554"/>
     <w:rsid w:val="000D2B92"/>
     <w:rsid w:val="000D6031"/>
     <w:rsid w:val="000D6252"/>
     <w:rsid w:val="000E3CED"/>
     <w:rsid w:val="000E7B6E"/>
     <w:rsid w:val="000F7D76"/>
     <w:rsid w:val="0012524F"/>
     <w:rsid w:val="00126EF4"/>
     <w:rsid w:val="00133CFE"/>
     <w:rsid w:val="00146C13"/>
+    <w:rsid w:val="00152940"/>
     <w:rsid w:val="00160B82"/>
     <w:rsid w:val="00186FC8"/>
     <w:rsid w:val="0019735C"/>
     <w:rsid w:val="00197C34"/>
     <w:rsid w:val="001A0268"/>
     <w:rsid w:val="001C1F20"/>
     <w:rsid w:val="001E0222"/>
     <w:rsid w:val="001E0A2F"/>
     <w:rsid w:val="001E4514"/>
     <w:rsid w:val="001E76C6"/>
     <w:rsid w:val="001F3CF7"/>
     <w:rsid w:val="001F41FC"/>
     <w:rsid w:val="00200070"/>
     <w:rsid w:val="0020122F"/>
     <w:rsid w:val="00201FF6"/>
     <w:rsid w:val="00207C8D"/>
     <w:rsid w:val="00211F9E"/>
+    <w:rsid w:val="002144CC"/>
     <w:rsid w:val="00215702"/>
+    <w:rsid w:val="002212DD"/>
     <w:rsid w:val="002308EE"/>
     <w:rsid w:val="00243034"/>
     <w:rsid w:val="0024691F"/>
     <w:rsid w:val="00246FFA"/>
     <w:rsid w:val="0024784A"/>
     <w:rsid w:val="00251AC4"/>
     <w:rsid w:val="0025714C"/>
     <w:rsid w:val="002637D0"/>
     <w:rsid w:val="00267550"/>
     <w:rsid w:val="00274C4B"/>
     <w:rsid w:val="0028051A"/>
     <w:rsid w:val="00283C65"/>
+    <w:rsid w:val="00287BBF"/>
     <w:rsid w:val="002A2FDB"/>
+    <w:rsid w:val="002A633D"/>
+    <w:rsid w:val="002B18F4"/>
     <w:rsid w:val="002B2D1B"/>
     <w:rsid w:val="002B6D98"/>
     <w:rsid w:val="002C4AF2"/>
     <w:rsid w:val="002C5F47"/>
     <w:rsid w:val="002D0A2E"/>
     <w:rsid w:val="002D2C7B"/>
     <w:rsid w:val="002D3163"/>
+    <w:rsid w:val="002F0603"/>
+    <w:rsid w:val="002F1E24"/>
     <w:rsid w:val="002F34FA"/>
     <w:rsid w:val="002F512D"/>
     <w:rsid w:val="002F6F55"/>
     <w:rsid w:val="003008E6"/>
     <w:rsid w:val="003015FF"/>
     <w:rsid w:val="00301D3E"/>
     <w:rsid w:val="00305348"/>
     <w:rsid w:val="0031353E"/>
     <w:rsid w:val="00313EA3"/>
     <w:rsid w:val="00313F0D"/>
     <w:rsid w:val="0031402C"/>
+    <w:rsid w:val="003152A0"/>
     <w:rsid w:val="00324134"/>
     <w:rsid w:val="003269ED"/>
     <w:rsid w:val="00326BE9"/>
     <w:rsid w:val="00333371"/>
     <w:rsid w:val="003351B6"/>
     <w:rsid w:val="0034595D"/>
     <w:rsid w:val="00347BBC"/>
     <w:rsid w:val="0035051B"/>
     <w:rsid w:val="00356E62"/>
     <w:rsid w:val="00356E67"/>
     <w:rsid w:val="00357744"/>
     <w:rsid w:val="00371FE1"/>
     <w:rsid w:val="00374887"/>
     <w:rsid w:val="003748B4"/>
     <w:rsid w:val="003815F4"/>
     <w:rsid w:val="003819F1"/>
     <w:rsid w:val="003928A4"/>
     <w:rsid w:val="003932C8"/>
     <w:rsid w:val="00394868"/>
     <w:rsid w:val="00394C05"/>
     <w:rsid w:val="003A45D3"/>
     <w:rsid w:val="003A67CC"/>
     <w:rsid w:val="003B0EA4"/>
     <w:rsid w:val="003B2507"/>
     <w:rsid w:val="003B42B1"/>
     <w:rsid w:val="003C095D"/>
     <w:rsid w:val="003C2812"/>
     <w:rsid w:val="003C55EC"/>
+    <w:rsid w:val="003C7971"/>
     <w:rsid w:val="003D7EC4"/>
     <w:rsid w:val="003E4328"/>
     <w:rsid w:val="003E4C0C"/>
     <w:rsid w:val="003E5AD6"/>
     <w:rsid w:val="003F2536"/>
     <w:rsid w:val="00417D05"/>
     <w:rsid w:val="004200FB"/>
     <w:rsid w:val="004238E8"/>
     <w:rsid w:val="00436C40"/>
     <w:rsid w:val="00437293"/>
+    <w:rsid w:val="00442CD3"/>
     <w:rsid w:val="004435FB"/>
+    <w:rsid w:val="00444584"/>
     <w:rsid w:val="004451DE"/>
     <w:rsid w:val="00451F72"/>
     <w:rsid w:val="00452B46"/>
     <w:rsid w:val="004542AC"/>
     <w:rsid w:val="00461B80"/>
+    <w:rsid w:val="00462508"/>
     <w:rsid w:val="00464C8B"/>
     <w:rsid w:val="004717D9"/>
     <w:rsid w:val="00480AC5"/>
     <w:rsid w:val="004842D2"/>
     <w:rsid w:val="00485539"/>
     <w:rsid w:val="00496052"/>
     <w:rsid w:val="004B0079"/>
     <w:rsid w:val="004B02F2"/>
     <w:rsid w:val="004B12E1"/>
     <w:rsid w:val="004B55CB"/>
+    <w:rsid w:val="004C559A"/>
     <w:rsid w:val="004C7E55"/>
     <w:rsid w:val="004D5A34"/>
     <w:rsid w:val="004D5D67"/>
     <w:rsid w:val="004D67A3"/>
     <w:rsid w:val="004E4573"/>
     <w:rsid w:val="004E517D"/>
     <w:rsid w:val="004E739F"/>
     <w:rsid w:val="004F182E"/>
     <w:rsid w:val="00501817"/>
+    <w:rsid w:val="00513518"/>
     <w:rsid w:val="00514EFD"/>
     <w:rsid w:val="00515CE1"/>
     <w:rsid w:val="005161E0"/>
     <w:rsid w:val="005340FD"/>
     <w:rsid w:val="00536A38"/>
     <w:rsid w:val="00536B3B"/>
     <w:rsid w:val="005443F2"/>
+    <w:rsid w:val="0055226D"/>
     <w:rsid w:val="0055261D"/>
     <w:rsid w:val="00562866"/>
     <w:rsid w:val="0056311A"/>
+    <w:rsid w:val="00565B23"/>
     <w:rsid w:val="00571FE2"/>
     <w:rsid w:val="00586F80"/>
     <w:rsid w:val="00592A57"/>
     <w:rsid w:val="0059596A"/>
     <w:rsid w:val="00595F6D"/>
     <w:rsid w:val="005A1E93"/>
     <w:rsid w:val="005A1EF0"/>
     <w:rsid w:val="005A33DB"/>
+    <w:rsid w:val="005A65DF"/>
     <w:rsid w:val="005A6719"/>
     <w:rsid w:val="005B1B35"/>
     <w:rsid w:val="005B2676"/>
     <w:rsid w:val="005B31F6"/>
     <w:rsid w:val="005B444A"/>
     <w:rsid w:val="005C24C2"/>
     <w:rsid w:val="005D11FB"/>
     <w:rsid w:val="005D1DC7"/>
     <w:rsid w:val="005E1447"/>
     <w:rsid w:val="005F2D70"/>
     <w:rsid w:val="00601998"/>
     <w:rsid w:val="00606676"/>
     <w:rsid w:val="006075BC"/>
     <w:rsid w:val="00615E49"/>
     <w:rsid w:val="0062186D"/>
     <w:rsid w:val="006308C2"/>
     <w:rsid w:val="00630AA3"/>
     <w:rsid w:val="0063108C"/>
     <w:rsid w:val="00645B6D"/>
     <w:rsid w:val="00646A40"/>
     <w:rsid w:val="00650BB2"/>
     <w:rsid w:val="00654841"/>
     <w:rsid w:val="00654C1E"/>
+    <w:rsid w:val="006576A8"/>
     <w:rsid w:val="00660BC5"/>
     <w:rsid w:val="00661EDA"/>
     <w:rsid w:val="00661F39"/>
     <w:rsid w:val="00673535"/>
     <w:rsid w:val="006752AA"/>
     <w:rsid w:val="006769CE"/>
     <w:rsid w:val="00680D05"/>
     <w:rsid w:val="006821CB"/>
     <w:rsid w:val="006825A6"/>
     <w:rsid w:val="006832B8"/>
     <w:rsid w:val="00692337"/>
     <w:rsid w:val="00693E18"/>
     <w:rsid w:val="006A02A9"/>
     <w:rsid w:val="006B4CC7"/>
     <w:rsid w:val="006C0C24"/>
     <w:rsid w:val="006C20BF"/>
     <w:rsid w:val="006C57CC"/>
+    <w:rsid w:val="006D6FE7"/>
     <w:rsid w:val="006F3141"/>
     <w:rsid w:val="006F5865"/>
     <w:rsid w:val="006F6735"/>
     <w:rsid w:val="007005A9"/>
     <w:rsid w:val="00707C7C"/>
     <w:rsid w:val="0071463C"/>
     <w:rsid w:val="0071498C"/>
     <w:rsid w:val="00716151"/>
+    <w:rsid w:val="00722391"/>
     <w:rsid w:val="00722912"/>
     <w:rsid w:val="007240C3"/>
     <w:rsid w:val="007326AB"/>
     <w:rsid w:val="00732B73"/>
     <w:rsid w:val="00735B32"/>
     <w:rsid w:val="0075431D"/>
     <w:rsid w:val="00756AAC"/>
     <w:rsid w:val="00761A7C"/>
     <w:rsid w:val="007774EF"/>
     <w:rsid w:val="00784A75"/>
     <w:rsid w:val="007853CC"/>
     <w:rsid w:val="00787F50"/>
     <w:rsid w:val="007961EA"/>
     <w:rsid w:val="007B5FD2"/>
     <w:rsid w:val="007B6270"/>
     <w:rsid w:val="007B70AA"/>
     <w:rsid w:val="007D7D35"/>
     <w:rsid w:val="007E0BA0"/>
     <w:rsid w:val="007E0D91"/>
+    <w:rsid w:val="007E7BD8"/>
     <w:rsid w:val="007F3A92"/>
     <w:rsid w:val="007F4ECF"/>
     <w:rsid w:val="00800883"/>
+    <w:rsid w:val="008148A8"/>
     <w:rsid w:val="008151C5"/>
     <w:rsid w:val="00815DC8"/>
     <w:rsid w:val="00821282"/>
     <w:rsid w:val="00835347"/>
     <w:rsid w:val="00836B5B"/>
     <w:rsid w:val="008478B5"/>
     <w:rsid w:val="0085659B"/>
     <w:rsid w:val="00856A20"/>
     <w:rsid w:val="00857D68"/>
     <w:rsid w:val="008623F0"/>
     <w:rsid w:val="00864712"/>
     <w:rsid w:val="008648EE"/>
     <w:rsid w:val="00870456"/>
     <w:rsid w:val="00871601"/>
     <w:rsid w:val="008837BA"/>
     <w:rsid w:val="008877E8"/>
     <w:rsid w:val="008920C0"/>
+    <w:rsid w:val="008946DD"/>
     <w:rsid w:val="008953BB"/>
+    <w:rsid w:val="00896047"/>
     <w:rsid w:val="00896D03"/>
     <w:rsid w:val="008A33EF"/>
     <w:rsid w:val="008A5BC3"/>
     <w:rsid w:val="008A78C6"/>
     <w:rsid w:val="008B1664"/>
     <w:rsid w:val="008B7379"/>
     <w:rsid w:val="008C0C82"/>
     <w:rsid w:val="008C1654"/>
     <w:rsid w:val="008D59A5"/>
     <w:rsid w:val="008E2424"/>
     <w:rsid w:val="008E3197"/>
+    <w:rsid w:val="008E7EF4"/>
+    <w:rsid w:val="00900E00"/>
     <w:rsid w:val="00902679"/>
     <w:rsid w:val="00905029"/>
     <w:rsid w:val="00907D6A"/>
     <w:rsid w:val="0091486D"/>
     <w:rsid w:val="00925A58"/>
     <w:rsid w:val="00930996"/>
     <w:rsid w:val="00931928"/>
+    <w:rsid w:val="00953694"/>
     <w:rsid w:val="00960279"/>
     <w:rsid w:val="009628F1"/>
     <w:rsid w:val="00964734"/>
     <w:rsid w:val="009722B3"/>
     <w:rsid w:val="00972377"/>
     <w:rsid w:val="0097433E"/>
     <w:rsid w:val="00987349"/>
     <w:rsid w:val="009911B1"/>
     <w:rsid w:val="00991259"/>
+    <w:rsid w:val="0099240B"/>
+    <w:rsid w:val="00996609"/>
     <w:rsid w:val="009A0173"/>
     <w:rsid w:val="009A0569"/>
     <w:rsid w:val="009B306E"/>
     <w:rsid w:val="009C1B6D"/>
     <w:rsid w:val="009D08A3"/>
     <w:rsid w:val="009D612C"/>
     <w:rsid w:val="009D66E1"/>
     <w:rsid w:val="009E4572"/>
     <w:rsid w:val="009F106F"/>
     <w:rsid w:val="009F191E"/>
     <w:rsid w:val="00A123C3"/>
     <w:rsid w:val="00A1420F"/>
     <w:rsid w:val="00A14AA2"/>
     <w:rsid w:val="00A21C18"/>
     <w:rsid w:val="00A22D26"/>
     <w:rsid w:val="00A23079"/>
     <w:rsid w:val="00A25135"/>
     <w:rsid w:val="00A252DA"/>
     <w:rsid w:val="00A2565E"/>
     <w:rsid w:val="00A34A2C"/>
     <w:rsid w:val="00A34DFF"/>
     <w:rsid w:val="00A35BD6"/>
     <w:rsid w:val="00A4364D"/>
     <w:rsid w:val="00A47E7B"/>
     <w:rsid w:val="00A56404"/>
     <w:rsid w:val="00A56789"/>
     <w:rsid w:val="00A60E7D"/>
+    <w:rsid w:val="00A61714"/>
     <w:rsid w:val="00A62CB6"/>
     <w:rsid w:val="00A66C63"/>
     <w:rsid w:val="00A738C6"/>
     <w:rsid w:val="00A7744D"/>
     <w:rsid w:val="00A83FCC"/>
+    <w:rsid w:val="00A93632"/>
     <w:rsid w:val="00A93ACC"/>
     <w:rsid w:val="00AB338D"/>
     <w:rsid w:val="00AB752E"/>
     <w:rsid w:val="00AC7855"/>
     <w:rsid w:val="00AD0190"/>
     <w:rsid w:val="00AD102D"/>
     <w:rsid w:val="00AE111C"/>
     <w:rsid w:val="00AE2044"/>
     <w:rsid w:val="00AF2D76"/>
     <w:rsid w:val="00AF6D2B"/>
     <w:rsid w:val="00AF7F03"/>
     <w:rsid w:val="00B00E15"/>
     <w:rsid w:val="00B136CE"/>
     <w:rsid w:val="00B238D9"/>
     <w:rsid w:val="00B30A34"/>
     <w:rsid w:val="00B31491"/>
     <w:rsid w:val="00B329ED"/>
     <w:rsid w:val="00B45EBF"/>
     <w:rsid w:val="00B469B1"/>
     <w:rsid w:val="00B46CF7"/>
     <w:rsid w:val="00B565D9"/>
     <w:rsid w:val="00B66787"/>
     <w:rsid w:val="00B6739B"/>
     <w:rsid w:val="00B674DD"/>
     <w:rsid w:val="00B75A73"/>
     <w:rsid w:val="00B768DC"/>
     <w:rsid w:val="00B81BE9"/>
+    <w:rsid w:val="00B86014"/>
+    <w:rsid w:val="00BA310F"/>
     <w:rsid w:val="00BA3130"/>
     <w:rsid w:val="00BA69A6"/>
     <w:rsid w:val="00BA6FC4"/>
     <w:rsid w:val="00BB7471"/>
     <w:rsid w:val="00BB76A0"/>
     <w:rsid w:val="00BD4F9B"/>
     <w:rsid w:val="00BD5A6D"/>
     <w:rsid w:val="00BE1B09"/>
     <w:rsid w:val="00BF24DE"/>
     <w:rsid w:val="00C12948"/>
     <w:rsid w:val="00C1354B"/>
     <w:rsid w:val="00C14FF3"/>
+    <w:rsid w:val="00C17F9F"/>
+    <w:rsid w:val="00C2053E"/>
     <w:rsid w:val="00C23C99"/>
     <w:rsid w:val="00C240E2"/>
     <w:rsid w:val="00C40196"/>
     <w:rsid w:val="00C45A45"/>
     <w:rsid w:val="00C45EDD"/>
     <w:rsid w:val="00C4607D"/>
     <w:rsid w:val="00C51BEE"/>
     <w:rsid w:val="00C61899"/>
     <w:rsid w:val="00C64BF0"/>
     <w:rsid w:val="00C71B4B"/>
     <w:rsid w:val="00C87F9B"/>
+    <w:rsid w:val="00C903D9"/>
     <w:rsid w:val="00C94CE2"/>
     <w:rsid w:val="00CA27A6"/>
+    <w:rsid w:val="00CB5371"/>
     <w:rsid w:val="00CC029C"/>
     <w:rsid w:val="00CC15EF"/>
     <w:rsid w:val="00CC1D56"/>
     <w:rsid w:val="00CC1E59"/>
     <w:rsid w:val="00CC48ED"/>
     <w:rsid w:val="00CC5F84"/>
+    <w:rsid w:val="00CD1F10"/>
     <w:rsid w:val="00CD6AF2"/>
     <w:rsid w:val="00CE480D"/>
     <w:rsid w:val="00CE730D"/>
     <w:rsid w:val="00CF3C15"/>
     <w:rsid w:val="00CF5344"/>
+    <w:rsid w:val="00CF654E"/>
     <w:rsid w:val="00D0374E"/>
     <w:rsid w:val="00D03C7E"/>
     <w:rsid w:val="00D07F06"/>
     <w:rsid w:val="00D143C8"/>
     <w:rsid w:val="00D21582"/>
     <w:rsid w:val="00D25FBC"/>
     <w:rsid w:val="00D32E66"/>
     <w:rsid w:val="00D422BE"/>
     <w:rsid w:val="00D44819"/>
     <w:rsid w:val="00D51457"/>
+    <w:rsid w:val="00D76F7F"/>
     <w:rsid w:val="00D777AE"/>
     <w:rsid w:val="00D8175D"/>
     <w:rsid w:val="00D82580"/>
     <w:rsid w:val="00D95255"/>
     <w:rsid w:val="00D96365"/>
     <w:rsid w:val="00D96F9A"/>
     <w:rsid w:val="00DA0C9A"/>
     <w:rsid w:val="00DA2AFC"/>
     <w:rsid w:val="00DA38A6"/>
     <w:rsid w:val="00DA7309"/>
     <w:rsid w:val="00DB00F7"/>
     <w:rsid w:val="00DB4DDC"/>
     <w:rsid w:val="00DC16A4"/>
     <w:rsid w:val="00DC2C38"/>
     <w:rsid w:val="00DC669B"/>
+    <w:rsid w:val="00DC6A42"/>
     <w:rsid w:val="00DD5E2B"/>
-    <w:rsid w:val="00DD7037"/>
     <w:rsid w:val="00DE2A4B"/>
     <w:rsid w:val="00DE4D2F"/>
     <w:rsid w:val="00DF09CF"/>
+    <w:rsid w:val="00DF58C8"/>
     <w:rsid w:val="00E01492"/>
+    <w:rsid w:val="00E0582E"/>
+    <w:rsid w:val="00E0619C"/>
     <w:rsid w:val="00E10466"/>
     <w:rsid w:val="00E12ED6"/>
     <w:rsid w:val="00E170FE"/>
     <w:rsid w:val="00E1788B"/>
     <w:rsid w:val="00E2092A"/>
     <w:rsid w:val="00E20DB7"/>
     <w:rsid w:val="00E2213C"/>
     <w:rsid w:val="00E241EF"/>
     <w:rsid w:val="00E27874"/>
     <w:rsid w:val="00E36D68"/>
     <w:rsid w:val="00E3771D"/>
     <w:rsid w:val="00E419BA"/>
     <w:rsid w:val="00E45EB7"/>
     <w:rsid w:val="00E47D84"/>
     <w:rsid w:val="00E50C82"/>
     <w:rsid w:val="00E5306E"/>
     <w:rsid w:val="00E5519C"/>
     <w:rsid w:val="00E5696D"/>
     <w:rsid w:val="00E61092"/>
     <w:rsid w:val="00E6396F"/>
     <w:rsid w:val="00E65C00"/>
     <w:rsid w:val="00E80920"/>
+    <w:rsid w:val="00E80F7F"/>
     <w:rsid w:val="00E90541"/>
     <w:rsid w:val="00E94795"/>
     <w:rsid w:val="00EA0DBF"/>
     <w:rsid w:val="00EA2653"/>
     <w:rsid w:val="00EA4CE1"/>
     <w:rsid w:val="00EA5728"/>
     <w:rsid w:val="00EB1CD5"/>
     <w:rsid w:val="00EB403B"/>
     <w:rsid w:val="00EB5BC5"/>
     <w:rsid w:val="00EC7386"/>
     <w:rsid w:val="00EC7817"/>
     <w:rsid w:val="00ED133E"/>
     <w:rsid w:val="00EE0AC7"/>
     <w:rsid w:val="00EE499C"/>
     <w:rsid w:val="00EE49C9"/>
     <w:rsid w:val="00EE58F0"/>
+    <w:rsid w:val="00EE5A85"/>
+    <w:rsid w:val="00EE7005"/>
     <w:rsid w:val="00EE7B0B"/>
+    <w:rsid w:val="00EF1F11"/>
     <w:rsid w:val="00EF2D24"/>
     <w:rsid w:val="00EF33D2"/>
     <w:rsid w:val="00EF3723"/>
     <w:rsid w:val="00F022ED"/>
     <w:rsid w:val="00F0251C"/>
     <w:rsid w:val="00F03B2D"/>
     <w:rsid w:val="00F0798B"/>
     <w:rsid w:val="00F11AE6"/>
     <w:rsid w:val="00F1402D"/>
     <w:rsid w:val="00F15D36"/>
     <w:rsid w:val="00F17E6A"/>
     <w:rsid w:val="00F21700"/>
     <w:rsid w:val="00F3048F"/>
     <w:rsid w:val="00F42B20"/>
-    <w:rsid w:val="00F52A95"/>
+    <w:rsid w:val="00F54E04"/>
     <w:rsid w:val="00F64E91"/>
     <w:rsid w:val="00F702A2"/>
     <w:rsid w:val="00F71170"/>
     <w:rsid w:val="00F73EB2"/>
     <w:rsid w:val="00F82F5F"/>
     <w:rsid w:val="00F85575"/>
     <w:rsid w:val="00F901A5"/>
     <w:rsid w:val="00F9678F"/>
     <w:rsid w:val="00F96ECD"/>
     <w:rsid w:val="00FA2FBF"/>
     <w:rsid w:val="00FA4BDE"/>
+    <w:rsid w:val="00FB2CEC"/>
     <w:rsid w:val="00FB2D28"/>
     <w:rsid w:val="00FC4C3F"/>
     <w:rsid w:val="00FD1A84"/>
     <w:rsid w:val="00FE3CE4"/>
     <w:rsid w:val="00FE6D94"/>
     <w:rsid w:val="00FE76B1"/>
     <w:rsid w:val="00FF0399"/>
     <w:rsid w:val="00FF0D0B"/>
     <w:rsid w:val="00FF4D25"/>
+    <w:rsid w:val="04884348"/>
+    <w:rsid w:val="05AA98F5"/>
+    <w:rsid w:val="073047BA"/>
+    <w:rsid w:val="0DF2A236"/>
+    <w:rsid w:val="1A3C4997"/>
+    <w:rsid w:val="1B3A8547"/>
+    <w:rsid w:val="271C8893"/>
+    <w:rsid w:val="297C8535"/>
+    <w:rsid w:val="2A4FBB38"/>
+    <w:rsid w:val="3FE7BE31"/>
+    <w:rsid w:val="40134958"/>
+    <w:rsid w:val="452DBF5F"/>
+    <w:rsid w:val="4904A825"/>
+    <w:rsid w:val="4FB9FD7A"/>
+    <w:rsid w:val="5154128C"/>
+    <w:rsid w:val="572523A9"/>
+    <w:rsid w:val="5DA4E3CA"/>
+    <w:rsid w:val="6C2F70F2"/>
+    <w:rsid w:val="6DA2FF38"/>
+    <w:rsid w:val="7546B23F"/>
+    <w:rsid w:val="75627060"/>
+    <w:rsid w:val="776CF0A2"/>
+    <w:rsid w:val="7DD474B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="12FB610A"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -8578,50 +8843,120 @@
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F7D76"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F7D76"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00462508"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00462508"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00462508"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:color w:val="19317B"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00462508"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00462508"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="19317B"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="83260579">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="517815745">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8735,51 +9070,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1050959074">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@eurohpc-ju.europa.eu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@eurohpc-ju.europa.eu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9039,195 +9374,235 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100858E81E8D3D4C74BB860FD9F47101769" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c721ce0697b2eb0af000215b79fbfaa1">
-[...2 lines deleted...]
-    <xsd:import namespace="3fc9b62a-bc61-4aac-89fe-00e1e567028b"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="17615853-7f91-438f-9534-afd54aeb325b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011BD45769B505C47B741277D5A7E1AA2" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f59d5f134b35518477f51a8c1dd115bc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="17615853-7f91-438f-9534-afd54aeb325b" xmlns:ns3="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c6544e04ea5dd6bb0690710ccd167231" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="17615853-7f91-438f-9534-afd54aeb325b"/>
+    <xsd:import namespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f314ccf6-9aa5-48cd-9363-a26f75899780" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="27" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="17615853-7f91-438f-9534-afd54aeb325b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c0b6b536-68da-4869-80cf-67b04ace3ce3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3fc9b62a-bc61-4aac-89fe-00e1e567028b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{27814c8c-c143-47b8-9686-42fda8d1ddfe}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3fc9b62a-bc61-4aac-89fe-00e1e567028b">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1b4d8597-6f18-48fb-88c2-3eefa884dd06}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -9294,119 +9669,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{905FB830-2944-4463-8447-3014D83B4726}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70D112C9-257D-4A17-BC03-38E3AF42F109}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f314ccf6-9aa5-48cd-9363-a26f75899780"/>
     <ds:schemaRef ds:uri="3fc9b62a-bc61-4aac-89fe-00e1e567028b"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6C91CC-8DA5-40F1-8321-E4332997BBBB}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05FA17A2-69BE-48A9-BF6E-05B61339DE25}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC454A78-6913-48B6-8320-66881B0B144C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6C91CC-8DA5-40F1-8321-E4332997BBBB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2372</Words>
-  <Characters>13239</Characters>
+  <Words>2359</Words>
+  <Characters>13449</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>98</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15513</CharactersWithSpaces>
+  <CharactersWithSpaces>15777</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>k.mestrovic@staff.prace-ri.eu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010011BD45769B505C47B741277D5A7E1AA2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>